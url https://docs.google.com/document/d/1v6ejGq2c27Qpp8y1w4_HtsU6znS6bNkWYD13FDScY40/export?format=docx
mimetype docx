--- v0 (2025-10-17)
+++ v1 (2025-12-12)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_kn7sn1ufkmd1" w:id="0"/>
@@ -113,171 +114,176 @@
         </w:rPr>
         <w:t xml:space="preserve">Please follow the instructions below to ensure a fair and consistent evaluation of each candidate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Review the Technical and Behavioral Competency Requirements for the Role: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please refer to Section 1 to review the technical and behavioral competency requirements for the role. This will help you understand the key skills, knowledge, and behaviors that are essential for the candidate to possess to be successful in the role.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Use the Individual Exercise as Assessment Center Activity:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please refer to Section 2 of  this template to understand the individual exercise that you can use to assess the candidates. A case study has been used as an assessment tool for assessing an individual’s competencies. The case study has been designed to assess specific competencies required for the role.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the Assessor Evaluation Form:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please use the Assessor Evaluation Form provided towards the end of Section 2 to record your ratings and observations about the candidate during the specific assessment center activity. This form will help you capture your feedback on the candidate's performance during the exercises and their overall fit for the role. The answer key to the questions are provided in </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 3 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.The assessor can refer to these solution/ answers to the questions while evaluating the candidate </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Maintain Objectivity and Fairness:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please ensure that you remain objective and fair throughout the assessment process. Avoid making assumptions or drawing conclusions based on factors that are not related to the candidate's performance. Also, ensure that you provide feedback based on the candidate's demonstrated behaviors and their ability to meet the defined competencies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">rather than their personality or personal characteristics.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
@@ -428,60 +434,62 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_yna3d6d6ct8s" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 1:  Competencies Required For Technical Recruiter </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_o965pdb9wthm" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Competency Requirements:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -582,60 +590,62 @@
         <w:t xml:space="preserve">Presents findings and recommendations clearly and effectively in written and verbal communication.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Manages projects efficiently, prioritizing tasks, allocating resources, and meeting deadlines.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_n2wqyo41kdx4" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Behavioral Competency Requirements:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -763,90 +773,94 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p60m2533t1n8" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 2:  Case Study</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of the Exercise</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: "Internal Audit Simulation"</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Objective:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> To assess participants' competency in conducting a financial audit and demonstrating the required technical and behavioral competencies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Competencies that will be assessed:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Competencies:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
@@ -1084,55 +1098,57 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Strong organizational skills and time management</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions for the assessor:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Familiarize yourself with the financial audit process, including internal audit principles, financial accounting standards, relevant laws and regulations, and commonly used audit software and data analytics tools.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1184,55 +1200,57 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide constructive feedback to participants based on their performance.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions for the participants:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Read the case study carefully and understand the problem statement and objectives.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1311,55 +1329,57 @@
         </w:rPr>
         <w:t xml:space="preserve">Manage your time effectively to meet the given deadlines.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstrate your leadership, problem-solving, communication, and organizational skills throughout the simulation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">List of Job Aids that will be required to perform the activity:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Access to financial statements, records, and relevant documentation of ABC Company</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1379,55 +1399,57 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Presentation materials (slide deck, whiteboard, markers, etc.)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Elaborated problem statement:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ABC Company is a medium-sized manufacturing company that specializes in producing consumer goods. As an internal auditor, your task is to conduct a financial audit of ABC Company for the fiscal year ending December 31, 2022. The audit should ensure accurate reporting, compliance with laws and regulations, and identify any financial, operational, or compliance issues that require attention.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -1524,157 +1546,167 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Audit software and data analytics tools for analyzing financial data and identifying trends.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Questions from the case study to assess the candidates:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Competencies:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstrates solid understanding of internal audit principles through accurate application.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain the key principles of internal audit and how they apply to the financial audit of ABC Company.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilizes proficient knowledge of financial accounting to ensure accurate reporting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Identify and explain any potential issues or discrepancies in ABC Company's financial statements for the fiscal year ending December 31, 2022.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Applies familiarity with relevant laws and regulations to ensure compliance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe the laws and regulations that ABC Company should comply with and assess its compliance based on the provided information.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1683,401 +1715,425 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Conducts thorough financial, operational, and compliance audits with precision.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Outline the steps and procedures you would follow to conduct a comprehensive financial, operational, and compliance audit of ABC Company.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Analyzes complex data effectively to identify trends and draw meaningful conclusions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Analyze the financial data of ABC Company and identify any trends or patterns that require further investigation or attention.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilizes audit software and data analytics tools proficiently for efficient auditing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstrate your proficiency in using audit software and data analytics tools by applying them to analyze ABC Company's financial data and identify potential risks or anomalies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Presents findings and recommendations clearly and effectively in written and verbal communication.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Prepare a written report summarizing the findings of your financial audit of ABC Company and develop a concise and compelling presentation to deliver the key findings and recommendations to the assessors.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Manages projects efficiently, prioritizing tasks, allocating resources, and meeting deadlines.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Develop a project plan for conducting the financial audit of ABC Company, including a timeline, task allocation, and resource management strategy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Behavioral Competencies:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Leads and motivates teams to achieve high performance and development.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Assume the role of an audit team leader and describe how you would motivate and manage your team to achieve high performance during the financial audit of ABC Company.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstrates an analytical mindset with attention to detail and proactive problem-solving.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide an example of a complex financial issue you encountered during the audit and explain how you approached the problem, including the analytical techniques used and the solution you proposed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Builds effective relationships and collaborates with stakeholders at all levels successfully.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe how you would establish and maintain effective relationships with key stakeholders, such as management, department heads, and employees, during the financial audit of ABC Company.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Maintains integrity and ethical conduct, ensuring confidentiality and objectivity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain the ethical considerations and professional standards that internal auditors should adhere to during the financial audit of ABC Company. How would you ensure confidentiality and objectivity?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Communicates complex concepts clearly and concisely, influencing others effectively.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe a situation where you had to communicate a complex financial concept or finding to a non-financial stakeholder. How did you ensure that the information was understood and influenced the stakeholder effectively?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Adapts and thrives in a fast-paced and changing environment with resilience.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe a situation in which you encountered unexpected changes or challenges during an audit and explain how you adapted to the situation while maintaining resilience and achieving the audit objectives.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2086,90 +2142,94 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Exhibits strong organizational skills, managing multiple priorities and meeting deadlines.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain how you would manage multiple priorities, tasks, and deadlines during the financial audit of ABC Company, ensuring that all essential activities are completed within the given timeframe.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_j4kojvfh7fp4" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Assessment Center Activity Assessor Evaluation Form</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -2362,80 +2422,83 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please provide ratings and observations based on the participant's performance during the assessment center activity. Use the rating scale below and provide specific examples to support your ratings.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Rating Scale:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1 = Below Expectations</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2 = Meets Expectations</w:t>
@@ -2503,142 +2566,150 @@
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluation Criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Weightage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Rating</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Observations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="525" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
@@ -4202,64 +4273,67 @@
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Overall Assessment:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Based on the above criteria, please provide an overall assessment of the participant's performance during the assessment center activity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -4343,67 +4417,70 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Observations:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -4430,100 +4507,106 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide any additional comments or feedback about the participant's performance during the assessment center activity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional Comments:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table4"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4536,198 +4619,207 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_14p0py6toshp" w:id="9"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
@@ -4890,90 +4982,96 @@
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_307b8vu2meqe" w:id="11"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 3:  Case Study Solution/ Answer Key</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Solutions for the questions:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Competencies:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The key principles of internal audit include independence, objectivity, integrity, confidentiality, and competency. In the financial audit of ABC Company, these principles should guide the auditor's approach to ensure unbiased and accurate assessments.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
       <w:pPr>
@@ -5107,55 +5205,57 @@
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Behavioral Competencies:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5397,50 +5497,51 @@
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:hyperlink r:id="rId2">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Click here to get the most up-to-date version of this SOP</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">.</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
@@ -6750,50 +6851,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6819,67 +6921,69 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="200" w:lineRule="auto"/>
       <w:ind w:hanging="360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:cs="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -6889,85 +6993,88 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:cs="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>