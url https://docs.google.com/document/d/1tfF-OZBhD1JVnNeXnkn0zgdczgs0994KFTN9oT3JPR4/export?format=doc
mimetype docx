--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -1,125 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="480" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xbpmu8527wlw" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="46"/>
           <w:szCs w:val="46"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Microfire LLC Mod-EC Datasheet</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_s5cgu17z47zb" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_5qc8c2coo9yb" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Release Information</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Copyright © 2023 Microfire LLC</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
@@ -140,60 +145,62 @@
             <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Creative Commons Attribution-NoDerivatives 4.0 International (CC BY-ND)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7mz16pu1fjvk" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Release History</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
@@ -221,123 +228,129 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Release</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
@@ -595,60 +608,62 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ts75w4sg8hm2" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Legal Disclaimer</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TECHNICAL AND RELIABILITY DATA FOR MICROFIRE LLC PRODUCTS (INCLUDING DATASHEETS) AS MODIFIED FROM TIME TO TIME (“RESOURCES”) ARE PROVIDED BY MICROFIRE LLC "AS IS" AND ANY EXPRESS OR IMPLIED WARRANTIES, INCLUDING, BUT NOT LIMITED TO, THE IMPLIED WARRANTIES OF MERCHANTABILITY AND FITNESS FOR A PARTICULAR PURPOSE ARE DISCLAIMED. TO THE MAXIMUM EXTENT PERMITTED BY APPLICABLE LAW IN NO EVENT SHALL MICROFIRE LLC BE LIABLE FOR ANY DIRECT, INDIRECT, INCIDENTAL, SPECIAL, EXEMPLARY, OR CONSEQUENTIAL DAMAGES (INCLUDING, BUT NOT LIMITED TO, PROCUREMENT OF SUBSTITUTE GOODS OR SERVICES; LOSS OF USE, DATA, OR PROFITS; OR BUSINESS INTERRUPTION) HOWEVER CAUSED AND ON ANY THEORY OF LIABILITY, WHETHER IN CONTRACT, STRICT LIABILITY, OR TORT (INCLUDING NEGLIGENCE OR OTHERWISE) ARISING IN ANY WAY OUT OF THE USE OF THE RESOURCES, EVEN IF ADVISED OF THE POSSIBILITY OF SUCH DAMAGE. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
@@ -701,2458 +716,2605 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-619603357"/>
+        <w:id w:val="640634938"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique w:val="1"/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:fldChar w:fldCharType="begin"/>
             <w:instrText xml:space="preserve"> TOC \h \u \z \n \t "Heading 1,1,Heading 2,2,Heading 3,3,Heading 4,4,Heading 5,5,Heading 6,6,"</w:instrText>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_xbpmu8527wlw">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Microfire LLC Mod-EC Datasheet</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_5qc8c2coo9yb">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Release Information</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_7mz16pu1fjvk">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Release History</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_ts75w4sg8hm2">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Legal Disclaimer</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_q9h6qwdqfmne">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">About the Mod-EC Module</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_8obctyhs56ra">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Specification</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_p66r2j2y9e8k">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pinout</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_75fg8oxik1x9">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface Mounting</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_s9l6yuxokrwy">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Operating Conditions</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_dqsmljkj28c2">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrical Specification</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_dtvck5rtfcyq">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Supply</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_qigftdkm9ebj">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Isolation</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_bch2558u1gd1">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Power Consumption</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_c3t6qofh2rhh">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I²C Interface</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_vkbuza278li">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Additional Circuitry</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_xxuikzd6clzl">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I²C Address</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_zcm45697qy7j">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I²C Write</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_zcm45697qy7j">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I²C Read</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_xiekmvxbyf6j">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Design Incorporation</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_qy9h8j5hd695">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Power</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_vcy4pl188wzt">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ground</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_mj3crq2y46df">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Probe Connection</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_tmxs9lz8qdvk">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Considerations</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_o2eoxv3nrogo">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Unused Pins</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_1w1869qj5woz">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">EC Measurements</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_9uog83lq06ja">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">EC Theory</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_38y7vsthllov">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Units</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_7zpmd8dg8hvk">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Siemens</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_okst8vrj1lh2">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TDS</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_cantkr2ina0e">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mho</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_8jbph6mkv6kx">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Considerations</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_a25qbmj5cn3g">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Response Time</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_7reyzlszrejk">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Interference</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_n7xajwvjs032">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Temperature</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_l0mglkeyem39">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Temperature Compensation</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_9uog83lq06ja">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Calibration</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_pcz3bfh4afpp">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Procedure</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_z7oe54m0223s">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Calibration Types</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_if6jywp4hq1j">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Single Point</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_if6jywp4hq1j">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Dual Point</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_if6jywp4hq1j">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Triple Point</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_34coo48c8cg0">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Precedence</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_hh0s7qjr6uym">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Probe Selection</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_jxcezu7l634i">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I²C Interface</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_u57e46v8fk4a">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_toh01j7bdm93">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Register Listing</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_kxef4e30l581">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Tasks</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_9f4ux79ikfuj">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Task Listing</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_x57ox5grhy82">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MEASURE_EC_TASK - EC Measurement</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_72ocwqm5ocb9">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Request Parameters</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_jgggeife6v1f">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Response Parameters</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_ti2q4rhczpk">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">CALIBRATE_LOW_TASK - Low Point Calibration</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_ohycja30a2f1">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_crqulfe0boyh">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Response Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_gsxh5ifha67w">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">CALIBRATE_MID_TASK - Middle Point Calibration</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_zg75nvrfsdle">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_eb8ibrps0snd">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Response Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_fgw6fj70yuvt">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">CALIBRATE_HIGH_TASK - Middle Point Calibration</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_rooa383ehwy">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_oclsdulas671">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Response Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_97xfckjgbib8">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">CALIBRATE_SINGLE_TASK - Single Point Calibration</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_fpqnkecdw3nj">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_26cptpxqt68f">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Response Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_ot0jwb6z4rka">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I2C_TASK - I²C address change</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_i34ydvivopp">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="1080" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_phbauk9br30t">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Response Registers</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_yxa0wa2hlvip">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Certificate of Compliance</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="720" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_m4rcfjyy1h0b">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RoHS 3 Directive 2015/863/EU</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="360" w:firstLine="0"/>
             <w:rPr>
               <w:color w:val="1155cc"/>
               <w:u w:val="single"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_l28qqe692yqy">
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="1155cc"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Justin Decker</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
@@ -3523,56 +3685,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The Mod-EC module is a single-sided 25x15 mm 0.8 mm thick PCB with dual castellated/through-hole pins around the east and west edges. It is designed to be usable as a surface mount module as well as in Dual Inline Package (DIP) type format, with the 12 pins on a 2.54mm pitch grid with 0.9mm holes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="2755900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="5" name="image5.png"/>
+            <wp:docPr id="5" name="image6.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.png"/>
+                    <pic:cNvPr id="0" name="image6.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="34" l="0" r="0" t="34"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2755900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3619,56 +3781,56 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The pinout of the module has been designed to provide as many interface options as possible.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3073400"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image6.png"/>
+            <wp:docPr id="2" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image6.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="9" r="9" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3073400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3680,338 +3842,351 @@
         <w:t xml:space="preserve">Figure 2. Pinout of the module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Probe 1 input. Provides a connection to the first electrode of a EC probe.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Probe 2 input. Provides a connection to the second electrode of a EC probe.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Not used in this module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 4</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Not used in this module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 5</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Not used in this module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 6</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Not used in this module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 7</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Not used in this module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 8</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Not used in this module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 9</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: I²C SCL. Clock line for I2C interface.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 10</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: I²C SDA. Data line for I2C interface.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 11</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: VIN. 3.3-volt power supply.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 12</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Ground. Ground for the module.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_75fg8oxik1x9" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Surface Mounting</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The following figure shows the recommended footprint for mounting the module through reflow processes. It provides for a Class 1 connection (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">IPC-A-610G § 8.3.4 Castellated Termination</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">s). </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3035300"/>
@@ -4115,218 +4290,225 @@
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_s9l6yuxokrwy" w:id="9"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Operating Conditions</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Temperature</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Absolute</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Maximum</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: 85 C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Minimum</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: -40 C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recommended</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Maximum</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: 50 C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Minimum</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: 10 C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:ind w:left="1440" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -4364,77 +4546,79 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Voltage:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Absolute Maximum</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: 5.5 volts</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Absolute Minimum</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1.8 volts (3.3 volts is required for proper operation)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_hb4rspbkyot6" w:id="10"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4704,77 +4888,79 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The I²C interface uses the following pins:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 9 SCL</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: serial clock</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 10 SDA</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: data</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_vkbuza278li" w:id="17"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
@@ -4981,50 +5167,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ground</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The module operates at the same ground potential as what </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 11</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Ground is connected to, so a low-impedance connection is needed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_mj3crq2y46df" w:id="24"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
@@ -5056,224 +5243,232 @@
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_tmxs9lz8qdvk" w:id="25"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Considerations</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Probe 1 input and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Probe 2 input pins should be on their own island plane pour or otherwise isolated by no pour surrounding them. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Probe 1 input and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Probe 2 input pins should be as short as possible. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If the PCB is 4 or more layers, consider routing </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 1 and Pin 2 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">traces on internal layers to protect the probe input signal from interference. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Avoid routing other traces near </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 1 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Flux residue on </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pin 1, Pin 2,</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and at the probe connection must be removed. This is ideally accomplished by using a “no-clean” solder paste and/or through mechanical means such as an ultrasonic bath. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_o2eoxv3nrogo" w:id="26"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
@@ -6563,90 +6758,94 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Measurement Range</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell-constant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
@@ -7046,156 +7245,164 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Register Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
@@ -9429,50 +9636,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">For example, an EC measurement is performed when MEASURE_EC_TASK is written to the TASK_REGISTER register. To read the resulting measurement, you would read the EC_REGISTER register</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000177">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_9f4ux79ikfuj" w:id="48"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Task Listing</w:t>
@@ -9520,156 +9728,164 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Task Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017D">
@@ -10497,128 +10713,134 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TEMP_C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10633,56 +10855,58 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TEMP_COEF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10697,56 +10921,58 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TEMP_CONSTANT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10761,56 +10987,58 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">CELL_CONSTANT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10825,56 +11053,58 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PRESSURE_KPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10933,128 +11163,134 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Parameter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">EC_MS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11069,56 +11305,58 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PSU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11133,56 +11371,58 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">DENSITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11212,56 +11452,58 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">STATUS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11274,120 +11516,125 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B2">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B3">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no probe detected or outside range</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B4">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: system error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B5">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: config error</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -11986,120 +12233,125 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CA">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CB">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no probe detected or outside range</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CC">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: system error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CD">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: config error</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
@@ -12713,120 +12965,125 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E3">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E4">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no probe detected or outside range</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E5">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: system error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E6">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: config error</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
@@ -13440,120 +13697,125 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FC">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FD">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no probe detected or outside range</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FE">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: system error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FF">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: config error</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000200">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
@@ -14104,120 +14366,125 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000212">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000213">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000214">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: no probe detected or outside range</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000215">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: system error</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000216">
             <w:pPr>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: config error</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000217">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         </w:rPr>
@@ -14711,168 +14978,176 @@
           <w:trHeight w:val="2820" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="72.0" w:type="dxa"/>
               <w:left w:w="72.0" w:type="dxa"/>
               <w:bottom w:w="72.0" w:type="dxa"/>
               <w:right w:w="72.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000228">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1881188" cy="1881188"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image2.png"/>
+                  <wp:docPr id="3" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1881188" cy="1881188"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000229">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="e05431"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="48"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Microfire LLC</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Gungsuh" w:cs="Gungsuh" w:eastAsia="Gungsuh" w:hAnsi="Gungsuh"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ㅡ</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="200" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Justin Decker, CEO</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">61190 Deronda Ave</w:t>
             </w:r>
@@ -14950,74 +15225,75 @@
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="72.0" w:type="dxa"/>
               <w:left w:w="72.0" w:type="dxa"/>
               <w:bottom w:w="72.0" w:type="dxa"/>
               <w:right w:w="72.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000230">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="d44500"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p4f3lvfon4kg" w:id="73"/>
             <w:bookmarkEnd w:id="73"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:color w:val="666666"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="3981450" cy="25400"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr descr="horizontal line" id="4" name="image1.png"/>
+                  <wp:docPr descr="horizontal line" id="4" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="horizontal line" id="0" name="image1.png"/>
+                          <pic:cNvPr descr="horizontal line" id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3981450" cy="25400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -15043,60 +15319,62 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:color w:val="666666"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7 May 2021</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000232">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_yxa0wa2hlvip" w:id="74"/>
             <w:bookmarkEnd w:id="74"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Certificate of Compliance</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000233">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:spacing w:after="160" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_m4rcfjyy1h0b" w:id="75"/>
             <w:bookmarkEnd w:id="75"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="22"/>
@@ -15124,59 +15402,61 @@
               </w:rPr>
               <w:t xml:space="preserve">Microfire LLC certifies to the best of its knowledge and belief that the products listed herein conform with RoHS 3 Directive 2015/863/EU and its subsequent amendments. This declaration further certifies that Microfire LLC has obtained RoHS Certificates of Compliance from each applicable supplier of materials and parts used in the assembly and manufacture of these goods. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000235">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000236">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Modules</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000237">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mod-EC</w:t>
@@ -15257,59 +15537,61 @@
               </w:rPr>
               <w:t xml:space="preserve">Mod-NTC</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Development Boards</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Isolated Dev Board</w:t>
@@ -15318,86 +15600,89 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mod-EVAL</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000240">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mod-EVAL_ISO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000241">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="200" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Probes</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000242">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Industrial pH Probe</w:t>
@@ -15488,56 +15773,56 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lab ORP Probe</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="19050" distT="19050" distL="19050" distR="19050" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-19049</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>111100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1785938" cy="1046703"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapNone/>
-                  <wp:docPr id="1" name="image3.png"/>
+                  <wp:docPr id="1" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1785938" cy="1046703"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000248">
@@ -15558,60 +15843,62 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000249">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="200" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_l28qqe692yqy" w:id="76"/>
             <w:bookmarkEnd w:id="76"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Justin Decker</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lato" w:cs="Lato" w:eastAsia="Lato" w:hAnsi="Lato"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -15751,61 +16038,63 @@
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000250">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000252">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="single"/>
         <w:shd w:fill="e05431" w:val="clear"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Cardo" w:cs="Cardo" w:eastAsia="Cardo" w:hAnsi="Cardo"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="single"/>
         <w:shd w:fill="e05431" w:val="clear"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Microfire LLC Mod-EC Datasheet          </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16800,50 +17089,51 @@
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -16866,148 +17156,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -17129,51 +17423,51 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chipquik.com/datasheets/SMD291SNL50T3.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufire.co" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nd/4.0/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1rW58vraZr-1KPePC5H5gn_YmC0Y-y494UADyD-pW1-s/edit#heading=h.lykmcx66bc4l" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chipquik.com/datasheets/SMD291SNL50T3.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufire.co" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nd/4.0/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1rW58vraZr-1KPePC5H5gn_YmC0Y-y494UADyD-pW1-s/edit#heading=h.lykmcx66bc4l" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Cardo-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Cardo-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Cardo-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-regular.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-bold.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-italic.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Lato-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>