--- v0 (2026-01-04)
+++ v1 (2026-02-15)
@@ -389,56 +389,56 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>891540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>141605</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="114300" cy="123825"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1033" name="image2.png"/>
+            <wp:docPr id="1033" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="114300" cy="123825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
@@ -5057,56 +5057,56 @@
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="0" distT="0" distL="114300" distR="114300">
           <wp:extent cx="117475" cy="116840"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr descr="logo Jurnal Martabat V2" id="1031" name="image3.png"/>
+          <wp:docPr descr="logo Jurnal Martabat V2" id="1031" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr descr="logo Jurnal Martabat V2" id="0" name="image3.png"/>
+                  <pic:cNvPr descr="logo Jurnal Martabat V2" id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="117475" cy="116840"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -5142,98 +5142,98 @@
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Martabat: Jurnal Perempuan dan Anak</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2047875</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>1438275</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="114300" cy="114300"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1032" name="image3.png"/>
+          <wp:docPr id="1032" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="114300" cy="114300"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2047875</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>1438275</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="114300" cy="114300"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1030" name="image3.png"/>
+          <wp:docPr id="1030" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="114300" cy="114300"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
@@ -5445,56 +5445,56 @@
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Bulan Tahun</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="0" distT="0" distL="114300" distR="114300">
           <wp:extent cx="117475" cy="116840"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr descr="logo Jurnal Martabat V2" id="1029" name="image3.png"/>
+          <wp:docPr descr="logo Jurnal Martabat V2" id="1029" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr descr="logo Jurnal Martabat V2" id="0" name="image3.png"/>
+                  <pic:cNvPr descr="logo Jurnal Martabat V2" id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="117475" cy="116840"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -5696,56 +5696,56 @@
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Martabat: Jurnal Perempuan dan Anak</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>294005</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-64134</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="819150" cy="819150"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1034" name="image3.png"/>
+          <wp:docPr id="1034" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="819150" cy="819150"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
@@ -8876,67 +8876,67 @@
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.30983/humanisme.v4i2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.30983/humanisme.v4i2" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Garamond-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Garamond-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Garamond-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Garamond-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>