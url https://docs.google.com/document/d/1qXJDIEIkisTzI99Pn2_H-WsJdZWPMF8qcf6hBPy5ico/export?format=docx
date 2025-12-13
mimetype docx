--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
@@ -104,70 +105,72 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:cs="Oswald" w:eastAsia="Oswald" w:hAnsi="Oswald"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_2pbxwp5rvlao" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:cs="Oswald" w:eastAsia="Oswald" w:hAnsi="Oswald"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRANSCRIPCIÓN DEL VIDEO EN ESPAÑOL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_vxcb3l2tu77v" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO DE EXPLORACIÓN 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
@@ -181,50 +184,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Por ejemplo, yo crecí en la ciudad de Chicago. Cuando nací, Chicago ya estaba llena de rascacielos, calles, carros, trenes, y mucha gente. Pero no siempre fue así. Este es un dibujo que un artista hizo de la ciudad de Chicago hace más de 100 años antes de que yo naciera. Viendo este dibujo, puedo ver que Chicago ha cambiado mucho. Hace más de 100 años, esta área tenía más caminos de tierra y pantanos herbosos que rascacielos y carros. Aún así, sé que había gente que vivía ahí porque construyeron esos edificios. De hecho, ya había muchos grupos de personas viviendo en esta área durante cientos de años antes de que otra gente se mudara a lo que hoy en día llamamos la ciudad de Chicago. ¿Pero qué tal antes de eso? Hubo una época antes de que cualquier persona viviera ahí. ¿Cómo podría aprender cómo era el área de lo que conozco como Chicago en ese entonces? ¿Cómo podrías averiguar cómo era tu ciudad o tu pueblo hace un millón de años? O 10 millones de años, o 100 millones de años. ¿Qué opinas?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1rmev4hcjk8r" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO DE EXPLORACIÓN 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
@@ -243,136 +247,139 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_zew2pnqxuvb0" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO DE EXPLORACIÓN 3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Para averiguar por qué los científicos y las científicas encuentran fósiles bajo tierra y no en otros lados, podría ser útil pensar en cómo algunos dinosaurios se convirtieron en fósiles. Imagínate que hace mucho tiempo, dos dinosaurios se pelearon. Fue una batalla sangrienta y brutal, y cuando se terminó, los dos quedaron muertos sobre la tierra. Piensa en qué le pasaría a los cuerpos de esos dinosaurios después de muchos años. Con el paso de los años, sus cuerpos se empezaron a descomponer. Las partes más suaves cómo los músculos y la piel se descompusieron, pero otras partes como los huesos y los dientes duraron más tiempo y se quedaron en el mismo lugar año tras año. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Alguna vez has encontrado un objeto en tu casa o en la escuela que no has usado en mucho tiempo? Por ejemplo, piensa en un libro viejo que quedó olvidado en una esquina. Al levantarlo, lo primero que observarías probablemente sería que está lleno de polvo. Entre más tiempo dejes algo en el mismo lugar, más polvo se acumula sobre él. Algo parecido le pasó a esos dos dinosaurios muertos. Con el paso de los años, el viento y el agua pueden mover tierra, polvo, y pedacitos de piedra a largas distancias. Eventualmente, el polvo que transportó la brisa o un riachuelo terminó sobre los esqueletos de los dinosaurios. Entre más tiempo duraban los huesos en el mismo lugar, más tierra, polvo, piedras y otras cosas se acumularon sobre ellos. Llegó un momento en que quedaron completamente enterrados. Así, enterrados bajo tierra, esos huesos de los dinosaurios pueden quedar preservados durante miles o millones de años. Ahora son fósiles. Los huesos de dinosaurios son el tipo más conocido de fósiles. Esto tiene sentido porque muchos dinosaurios son muy diferentes a los animales que tenemos hoy en día. Estudiando estos fósiles de dinosaurios podemos encontrar pistas sobre el tipo de criaturas extrañas y asombrosas que eran cuando estaban vivos hace millones de años. Pero también hay fósiles que sí se parecen a criaturas que existen hoy en día, como estos. Estos fósiles también son de hace millones de años. ¿Estos fósiles te hacen pensar en algunos animales que actualmente viven en la Tierra? ¿A cuáles animales se parecen?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_utcelaaohuve" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO DE EXPLORACIÓN 4</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Esto fue lo que nosotros notamos. Vimos fósiles que nos hicieron pensar en almejas y en estrellas de mar. Esta criatura rara se nos hizo parecida a un cangrejo herradura. Estudiar fósiles ayuda a los científicos y las científicas a determinar qué cosas vivientes existían hace millones de años. Pero un fósil no solo nos da pistas sobre cómo era un animal, también nos puede ayudar a entender su medio ambiente y aprender cómo era el lugar en el que vivió hace millones de años. Los fósiles que acabamos de ver son todos de la misma área y sabemos que muchos de ellos se parecen a animales modernos: a almejas, cangrejos herraduras y a estrellas de mar. ¿En qué tipo de ambiente crees que vivían estas criaturas antiguas? ¿Por qué piensas eso?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_apdf7nr4nslj" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO DE EXPLORACIÓN 5</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1008,89 +1015,91 @@
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ACTIVITY STEP 13</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Conversemos.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_42mep2x54olh" w:id="24"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WRAP-UP VIDEO 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Los fósiles nos dan pistas sobre cómo un lugar ha cambiado con el paso del tiempo. En la parte de abajo del cañón, viste los fósiles de criaturas acuáticas, de animales que vivían en el agua. Esa es una pista de que cuando esos animales estaban vivos, este lugar estaba lleno de agua. Quizás era un océano. En la parte de arriba del cañón, viste fósiles de hojas y de animales terrestres. Estos fósiles te dan pistas que indican que cuando estas plantas y estos animales estaban vivos, ese ambiente era tierra firme llena de vida. Quizás era un bosque. Y los fósiles no solo eran diferentes en la parte de abajo y en la parte de arriba. Los fósiles cambiaron mucho entre las capas de en medio también. Todas estas capas son evidencia de que este ambiente no sólo cambió una o dos veces sino muchas. Pero, ¿cómo sabemos en qué orden  sucedieron esos cambios? Imagínate que quieres contar la historia del cañón colosal empezando desde hace millones de años hasta ahora. Podrías usar los fósiles en las capas del cañón para ayudarte a contar la historia. ¿Pero en dónde deberías empezar la historia? ¿Cómo sabemos qué capa es la más vieja? Me gustaría saber qué opinas.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_b019fd3kllr" w:id="25"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WRAP-UP VIDEO 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
@@ -1098,145 +1107,149 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Para saber cuál capa de fósiles es la más vieja, podría ser útil pensar en cómo se formaron estos fósiles. ¿Te acuerdas de los dos dinosaurios muertos que te mencioné y que eventualmente se convirtieron en fósiles? Con el paso de los años, el viento y el agua llevó polvo, tierra, y piedras al área donde estaban los dinosaurios muertos y quedaron enterrados. Los científicos y las científicas le dicen a esos pedacitos de piedras, polvo y tierra sedimentos. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Y ¿qué sucedería si cientos de años después, otro ser viviente, cómo este helecho empieza a crecer en el mismo lugar, sobre los esqueletos enterrados de los dinosaurios? Como los dinosaurios, eventualmente el helecho podría quedar cubierto de sedimentos. Cuando esa planta quede enterrada bajo una capa de tierra, puede que un animal termine sobre esa tierra, muera y también termine enterrado. En este punto, habría muchas capas de fósiles y tierra, y más fósiles y más tierra, apilados unos sobre otros. Precisamente así se formaron las capas del cañón colosal. Pero espera un segundo… hemos estado hablando de fósiles enterrados bajo capas de sedimentos, tierra, polvo y granos de arena, pero los fósiles en el cañón colosal no están enterrados bajo tierra. Están dentro de una roca sólida. ¿Cómo es que los fósiles terminaron dentro de una roca sólida?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ffc545jizl8i" w:id="26"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WRAP-UP VIDEO 3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Quizás te preguntaste: ¿Qué tal si la roca alrededor de un fósil no siempre fue una roca? Ya sabemos que conforme las capas de sedimentos se amontonan con el paso del tiempo, ciertas plantas y animales pueden quedar enterrados y eventualmente se convierten en fósiles. ¿Pero qué les pasa a los sedimentos conforme pasa el tiempo? Piensa en cómo se sentiría si pusieras una capa de arena sobre tu mano y luego pusieras otra capa sobre esa, y luego otra, y luego otra más. Eventualmente sería muy incómodo. Todas esas capas pensarían mucho y pondrían presión sobre tu mano. Algo parecido le pasa a los sedimentos con el tiempo. Entre más y más sedimentos se acumulan, las capas superiores le ponen presión a las capas de más abajo. Después de miles o millones de años, los sedimentos de esas capas apretadas dejan de ser pedacitos y se convierten en otra cosa: en una roca sólida. Ya que está hecha de sedimentos, los científicos y las científicas le dicen a este tipo de roca </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">roca sedimentaria</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Algunas cosas que quedan enterradas bajo sedimentos mantienen su forma original mientras las capas de sedimentos se convierten en roca sedimentaria. Así es como se forman los fósiles de las plantas y de los animales que viste en el cañón colosal. Pero no todas las cosas que quedan enterradas bajo capas de sedimentos mantienen su forma original. Mira de nuevo el cañón colosal. ¿Puedes encontrar una parte del cañón que no tenga ningún fósil?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_pur0m5f0ydpz" w:id="27"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WRAP-UP VIDEO 4</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta capa oscura en la roca parece que no tiene fósiles en ella, ¿verdad? No todas las capas de roca sedimentaria tienen fósiles, pero esta capa sí. De hecho, toda esta capa es piedra y fósiles. A veces, cuando un ambiente está muy lleno de plantas (como en un pantano denso), los pedazos de las plantas se acumulan sobre la tierra formando una capa. Bajo las condiciones correctas, capas de sedimentos se acumulan sobre esa capa preservada de plantas, apretándola hasta que se convierte en un tipo especial de roca sedimentaria. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Así que aunque no podamos ver las formas de las plantas en la roca, esas plantas le dan a esta roca una propiedad única. Ya que esta roca está hecha de plantas que se quemarían si les prendieras fuego, a esta roca también la puedes quemar. Es posible que ya conozcas este tipo de roca. Le decimos </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">carbón</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. A veces es fácil ver una capa de carbón en la pared de un cañón como este. Su color gris oscuro se nota mucho. Pero aunque no tengan ese color, cada raya en las rocas sedimentarias nos muestra cómo se forma la tierra, pedazo por pedazo y capa por capa. Cada capa de roca y de fósiles nos enseña algo sobre cómo era ese lugar cuando se formó. ¿Qué organismos vivían ahí? ¿Cómo era el medio ambiente y qué cambios ocurrieron? Una sola capa de roca sedimentaria puede tomar más de 100 vidas humanas en formarse. Eso es muchísimo tiempo y son muchos los cambios que pasan en un solo lugar. Y esto sigue sucediendo. Ahora mismo, el viento está transportando polvo, tierra, y pedazos de roca a esta área. En este momento, un humano podría estar dejando una huella en la tierra con una bota. Una huella que quizás se llenará de sedimentos y se convertirá en un fósil en los siguientes 10 millones de años. Quién sabe cómo lucirá este lugar en ese entonces. Después de todo, lo único que nunca cambia es el cambio. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Diviértete y nunca pierdas la curiosidad. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -1538,50 +1551,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1604,148 +1618,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OswaldMedium-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OswaldMedium-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Oswald-regular.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Oswald-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>