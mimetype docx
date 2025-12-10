--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -1,71 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Unit 5 Lesson 16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -115,149 +118,152 @@
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="570" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Project Guide - Solve a Data Problem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="500063"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image6.png"/>
+                  <wp:docPr id="5" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="500063"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -288,56 +294,56 @@
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Overview</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4307396</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>438150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2388680" cy="1829249"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="1" name="image4.png"/>
+            <wp:docPr id="1" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2388680" cy="1829249"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
@@ -973,81 +979,82 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Steps</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="228600" distT="228600" distL="228600" distR="228600" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5138738</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>304800</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1564196" cy="1527343"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="228600" distT="228600" distL="228600" distR="228600"/>
-            <wp:docPr id="9" name="image2.png"/>
+            <wp:docPr id="9" name="image4.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1564196" cy="1527343"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
@@ -1146,310 +1153,325 @@
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What question will your recommender answer for the user?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What possible recommendations should it choose from?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1. ________________________________________</w:t>
         <w:tab/>
         <w:t xml:space="preserve">3. ________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2. ________________________________________</w:t>
         <w:tab/>
         <w:t xml:space="preserve">4. ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_3zeo4g1xykzu" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
@@ -1475,114 +1497,119 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1512379" cy="1482332"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_w1q4dm7lbxfp" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 2 - Decide What Data You Need</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In the sample app, the recommender used data about a user’s food, superpower and animal preferences to decide what to recommend.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What data might help you make a recommendation?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -1615,123 +1642,131 @@
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Type of Data</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the kind of information you want to collect</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Possible Questions and Answers</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the questions and answer choices you might put in a survey</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
@@ -2224,50 +2259,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:right="2970"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:right="2970"/>
@@ -2551,50 +2587,51 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Question 2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:right="2970"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
@@ -2793,50 +2830,51 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Question 3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:right="2970"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:right="2970"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -3058,63 +3096,65 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Preference Question</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:right="2970"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -3484,368 +3524,383 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="320" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Answer 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Answer 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Answer 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Preference</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="280" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.32" w:type="dxa"/>
               <w:left w:w="40.32" w:type="dxa"/>
               <w:bottom w:w="40.32" w:type="dxa"/>
@@ -11156,50 +11211,51 @@
                       <a:ext cx="1512379" cy="1482332"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Now that you’ve found some interesting relationships between the answers to the questions and user preferences, you can use them to make your algorithm.  For each question, list the possible answer choices and explain the instructions for adding points to the relevant recommendation choices.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
@@ -11282,82 +11338,86 @@
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Answer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="400" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -12455,56 +12515,56 @@
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_nm3c6ettz75z" w:id="22"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 7: Try out your Algorithm</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5067300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>114300</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1514475" cy="1481372"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="6" name="image5.png"/>
+            <wp:docPr id="6" name="image6.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.png"/>
+                    <pic:cNvPr id="0" name="image6.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1514475" cy="1481372"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FF">
@@ -12627,55 +12687,57 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000206">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommendation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000207">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -12757,55 +12819,57 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13003,55 +13067,57 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000217">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommendation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000218">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13133,55 +13199,57 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13368,55 +13436,57 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000227">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Recommendation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000228">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13498,55 +13568,57 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Points</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13866,93 +13938,94 @@
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_nsvwgzfcu24f" w:id="27"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 8: Peer Review</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5210175</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>209550</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1441490" cy="1414463"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="3" name="image1.png"/>
+            <wp:docPr id="3" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1441490" cy="1414463"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000243">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Your teacher will provide you with a Peer Review sheet. Trade projects with another group and complete the peer review. As part of this process you should develop new ideas for how you can improve your recommendation.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000244">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
@@ -14698,50 +14771,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -14750,85 +14824,88 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="460" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="38"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffa400"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -14838,84 +14915,86 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -14986,51 +15065,51 @@
   <w:style w:type="table" w:styleId="Table13">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table14">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table15">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GloriaHallelujah-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>