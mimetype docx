--- v0 (2025-11-28)
+++ v1 (2026-02-22)
@@ -1,75 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="000000" w:space="1" w:sz="36" w:val="single"/>
         </w:pBdr>
         <w:shd w:fill="f2f2f2" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="708"/>
           <w:tab w:val="left" w:leader="none" w:pos="1416"/>
           <w:tab w:val="left" w:leader="none" w:pos="2124"/>
           <w:tab w:val="left" w:leader="none" w:pos="2832"/>
           <w:tab w:val="left" w:leader="none" w:pos="3540"/>
           <w:tab w:val="left" w:leader="none" w:pos="5385"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:bidiVisual w:val="1"/>
         <w:tblW w:w="9070.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -82,277 +84,299 @@
           <w:tblGrid>
             <w:gridCol w:w="4817"/>
             <w:gridCol w:w="4253"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">عـنوان</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">المقال</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">باللغة</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">العربية</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:bidi w:val="1"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">الخط</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Simplified</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Arabic</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">، </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">مقاس</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 16، </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">عريض</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:bidi w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:bidi w:val="1"/>
               <w:ind w:right="79"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -505,128 +529,135 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The Title in English</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Times New Roman, Size 14, Bold</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
@@ -668,50 +699,51 @@
               </w:rPr>
               <w:t xml:space="preserve">, Full Name</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:customMarkFollows="0" w:id="2"/>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:leader="none" w:pos="4393"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="79"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
@@ -808,76 +840,78 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Published : xx/xx/20XX</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="708"/>
           <w:tab w:val="left" w:leader="none" w:pos="1416"/>
           <w:tab w:val="left" w:leader="none" w:pos="2124"/>
           <w:tab w:val="left" w:leader="none" w:pos="2832"/>
           <w:tab w:val="left" w:leader="none" w:pos="3540"/>
           <w:tab w:val="left" w:leader="none" w:pos="5385"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:shd w:fill="ffffff" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="708"/>
           <w:tab w:val="left" w:leader="none" w:pos="1416"/>
           <w:tab w:val="left" w:leader="none" w:pos="2124"/>
           <w:tab w:val="left" w:leader="none" w:pos="2832"/>
           <w:tab w:val="left" w:leader="none" w:pos="3540"/>
           <w:tab w:val="left" w:leader="none" w:pos="5385"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="10911.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-851.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="12" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="0" w:sz="12" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideH w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           <w:insideV w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -890,389 +924,408 @@
           <w:tblGrid>
             <w:gridCol w:w="5524"/>
             <w:gridCol w:w="5387"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ABSTRACT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The abstract should not exceed 250 words and should include the following:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The purpose of the study: What is the research question that the study is trying to answer?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The methodology: How was the study conducted? What data was collected and how was it analyzed?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The findings: What did the study find? What are the key takeaways from the study?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="160" w:before="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The implications: What are the implications of the study for theory or practice?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Keywords (05 words): </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Keywords, Keywords,……..</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">JEL Codes :</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> See : </w:t>
             </w:r>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="ff0000"/>
                   <w:u w:val="none"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://www.aeaweb.org/econlit/jelCodes.php?view=jel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:bidi w:val="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">الملخص</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:bidi w:val="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:color w:val="0070c0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:color w:val="0070c0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="1"/>
@@ -1772,66 +1825,69 @@
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:bidi w:val="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">الكلمات</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">المفتاحية</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">كلمة</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1974,546 +2030,589 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:pBdr>
                 <w:top w:color="000000" w:space="1" w:sz="4" w:val="single"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">How to cite this article</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="708"/>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2124"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2832"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3540"/>
                 <w:tab w:val="left" w:leader="none" w:pos="5385"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="708"/>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2124"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2832"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3540"/>
                 <w:tab w:val="left" w:leader="none" w:pos="5385"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">الاحالة</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="708"/>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2124"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2832"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3540"/>
                 <w:tab w:val="left" w:leader="none" w:pos="5385"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="708"/>
                 <w:tab w:val="left" w:leader="none" w:pos="1416"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2124"/>
                 <w:tab w:val="left" w:leader="none" w:pos="2832"/>
                 <w:tab w:val="left" w:leader="none" w:pos="3540"/>
                 <w:tab w:val="left" w:leader="none" w:pos="5385"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المقدمة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="00b0f0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نوع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخط</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Simplified</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">arabic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">غليظ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">حجم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3943,377 +4042,417 @@
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">العنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الرئيسي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نوع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخط</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Simplified</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">arabic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">غليظ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">حجم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4553,372 +4692,412 @@
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:right="0" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">العنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الفرعي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="00b0f0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نوع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخط</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Simplified</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">arabic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">غليظ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">حجم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5132,308 +5311,335 @@
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الجدول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الجدول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نوع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخط</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Simplified</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">arabic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">غليظ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">حجم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12) (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكاتب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">السنة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ص</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: )</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table4"/>
         <w:bidiVisual w:val="1"/>
         <w:tblW w:w="7580.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -5931,77 +6137,79 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ملاحظة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:color w:val="0070c0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -6540,300 +6748,326 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشكل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشكل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نوع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخط</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Simplified</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">arabic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">غليظ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">حجم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12) (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكاتب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">السنة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ص</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: )</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -6952,343 +7186,373 @@
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">العنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الرئيسي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الثاني</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نتائج</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الدراسة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخاتمة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="00b0f0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
@@ -8053,50 +8317,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="999"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المراجع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8827,1622 +9092,1781 @@
         <w:t xml:space="preserve">كالآتي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="none" w:pos="282"/>
           <w:tab w:val="right" w:leader="none" w:pos="566"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ا</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">لمؤلفات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأخير</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ثم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للمؤلف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سنة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">النشر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكتاب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الناشر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بلد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">النشر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="none" w:pos="282"/>
           <w:tab w:val="right" w:leader="none" w:pos="566"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأطروحات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأخير</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ثم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للباحث</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سنة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">النشر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأطروحة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">القسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكلية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الجامعة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">البلد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="none" w:pos="282"/>
           <w:tab w:val="right" w:leader="none" w:pos="566"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المقالات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">لقب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">واسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المؤلف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سنة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">النشر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المقال</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المجلة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المجلد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">العدد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الصفحات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">؛</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="none" w:pos="282"/>
           <w:tab w:val="right" w:leader="none" w:pos="566"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المداخلات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأخير</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ثم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للمؤلف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تاريخ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">انعقاد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المؤتمر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المداخلة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المؤتمر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الجامعة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">البلد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">؛</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="none" w:pos="282"/>
           <w:tab w:val="right" w:leader="none" w:pos="566"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">مواقع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الانترنيت</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكاتب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">السنة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">العنوان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكامل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للملف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ذكر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الموقع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بالتفصيل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="none" w:pos="282"/>
           <w:tab w:val="right" w:leader="none" w:pos="566"/>
         </w:tabs>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -12372,493 +12796,516 @@
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:footnote w:id="0">
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">*</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Corresponding author.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic degree, Affiliation (University, Laboratory, Country), </w:t>
       </w:r>
       <w:hyperlink r:id="rId1">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="none"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">email@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORCID   </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="628000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">http://orcid.org/.......</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic degree, Affiliation (University, Laboratory, Country), </w:t>
       </w:r>
       <w:hyperlink r:id="rId2">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="none"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">email@email.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ORCID   </w:t>
       </w:r>
       <w:hyperlink r:id="rId3">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="628000"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="none"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">http://orcid.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.......</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This work is an open access article, licensed under a</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="2e75b5"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId4">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="628000"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">CC BY 4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Table5"/>
       <w:tblW w:w="9211.0" w:type="dxa"/>
       <w:jc w:val="left"/>
       <w:tblInd w:w="3.0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
         <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -12900,647 +13347,703 @@
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:bidi w:val="1"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">ص</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">ص</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:bidi w:val="1"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">المجلد</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">05 </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">ع</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">02</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> (</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">2024</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">)</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">مجلة</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">بحوث</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">متقدمة</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">في</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">الاقتصاد</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">واستراتيجيات</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">الأعمال</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4153"/>
         <w:tab w:val="right" w:leader="none" w:pos="8306"/>
         <w:tab w:val="left" w:leader="none" w:pos="5140"/>
         <w:tab w:val="right" w:leader="none" w:pos="9070"/>
       </w:tabs>
       <w:bidi w:val="1"/>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Table6"/>
       <w:tblW w:w="9061.0" w:type="dxa"/>
       <w:jc w:val="left"/>
       <w:tblBorders>
         <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:color="000000" w:space="0" w:sz="18" w:val="single"/>
@@ -13576,236 +14079,260 @@
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">لقب</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">واسم</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">الباحث</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> – </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">لقب</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">واسم</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">الباحث</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
@@ -13815,341 +14342,371 @@
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:bidi w:val="1"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Traditional Arabic" w:cs="Traditional Arabic" w:eastAsia="Traditional Arabic" w:hAnsi="Traditional Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">عـنوان</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">المقال</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> (</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">باللغة</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">العربية</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">)، </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">الخط</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Traditional Arabic" w:cs="Traditional Arabic" w:eastAsia="Traditional Arabic" w:hAnsi="Traditional Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> Simplified Arabic، </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic" w:cs="Simplified Arabic" w:eastAsia="Simplified Arabic" w:hAnsi="Simplified Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">مقاس</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Traditional Arabic" w:cs="Traditional Arabic" w:eastAsia="Traditional Arabic" w:hAnsi="Traditional Arabic"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> 12</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4153"/>
         <w:tab w:val="right" w:leader="none" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Table7"/>
       <w:tblW w:w="9353.0" w:type="dxa"/>
       <w:jc w:val="left"/>
       <w:tblInd w:w="3.0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -14189,66 +14746,70 @@
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:bidi w:val="1"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="0" distT="0" distL="0" distR="0">
                 <wp:extent cx="722109" cy="740707"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:docPr descr="D:\mes dossiers\AREBUS JOURNAL\ASJP arebus\Journal Cover ENG.jpg" id="28" name="image2.jpg"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr descr="D:\mes dossiers\AREBUS JOURNAL\ASJP arebus\Journal Cover ENG.jpg" id="0" name="image2.jpg"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect b="0" l="0" r="0" t="0"/>
                         <a:stretch>
@@ -14287,714 +14848,842 @@
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:bidi w:val="1"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">المجلد</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
-            <w:t xml:space="preserve"> 05 </w:t>
+            <w:t xml:space="preserve"> 0</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve">7</w:t>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:u w:val="none"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+              <w:rtl w:val="1"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">ع</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:rtl w:val="0"/>
             </w:rPr>
-            <w:t xml:space="preserve">02</w:t>
+            <w:t xml:space="preserve">01</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
-            <w:t xml:space="preserve"> (2024)</w:t>
+            <w:t xml:space="preserve"> (</w:t>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve">2026</w:t>
+          </w:r>
+          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
+              <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
+              <w:smallCaps w:val="0"/>
+              <w:strike w:val="0"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:u w:val="none"/>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:vertAlign w:val="baseline"/>
+              <w:rtl w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve">)</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:bidi w:val="1"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:bidi w:val="1"/>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">ص</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">.</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">ص</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="000000" w:space="0" w:sz="12" w:val="single"/>
             <w:bottom w:color="000000" w:space="0" w:sz="12" w:val="single"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">مجلة</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">بحوث</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">متقدمة</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">في</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">الاقتصاد</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">واستراتيجيات</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Simplified Arabic Fixed" w:cs="Simplified Arabic Fixed" w:eastAsia="Simplified Arabic Fixed" w:hAnsi="Simplified Arabic Fixed"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="1"/>
             </w:rPr>
             <w:t xml:space="preserve">الأعمال</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
               <w:tab w:val="right" w:leader="none" w:pos="9071"/>
             </w:tabs>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">E-ISSN : 2773-3807   </w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="center" w:leader="none" w:pos="4153"/>
               <w:tab w:val="right" w:leader="none" w:pos="8306"/>
             </w:tabs>
             <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:i w:val="0"/>
+              <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">P-ISSN : 2716-9421</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4153"/>
         <w:tab w:val="right" w:leader="none" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -15287,190 +15976,206 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders w:val="1"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat w:val="1"/>
     <w:rsid w:val="0086649E"/>
   </w:style>
   <w:style w:type="character" w:styleId="Policepardfaut" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden w:val="1"/>
     <w:unhideWhenUsed w:val="1"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableauNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden w:val="1"/>
     <w:unhideWhenUsed w:val="1"/>
     <w:tblPr>
       <w:tblInd w:w="0.0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
@@ -15627,50 +16332,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat w:val="1"/>
     <w:rsid w:val="005D2AF2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing w:val="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>