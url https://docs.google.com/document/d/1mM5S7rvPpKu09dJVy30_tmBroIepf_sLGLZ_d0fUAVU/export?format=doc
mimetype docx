--- v0 (2025-11-01)
+++ v1 (2025-12-03)
@@ -17,50 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Continentes: localizar y describir </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_r804ijkwx9xm" w:id="0"/>
@@ -79,144 +80,155 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» Con m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">apa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas, asocia</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> los accidentes geográficos del recuadro con cada descripción. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9465.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="335.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
@@ -249,429 +261,461 @@
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">c</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">anal de la Mancha   ___ Danubio   ___ Escandinavia   ___ Islandia </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Jut</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">landia   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ó</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">der</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ Rin</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sicilia  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___  Tajo   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Volga</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">“</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting points</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">”</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Bósforo</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:keepNext w:val="0"/>
@@ -720,2290 +764,2487 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">• Con origen en Alemania, este río fluye 2.860 km hacia el sureste, atravesando o dibujando las </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">frontera</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">s de Austria, Eslovaquia, Hungría, Croacia, Serbia, Rumanía, Bulgaria, Moldavia y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ucrania, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">antes de llegar al </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Negro y formar un gran delta.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es el río más largo de la </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">p</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">enínsula </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">bérica y desemboca en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Atlántico cerca de Lisboa, capital de Portugal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Este río recorre Rusia central y muere en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Caspio. Es el río más largo de Europa. En la cuenca hidrográfica de este río se localizan once de las 20 ciudades más grandes de Rusia, incluida la capital, Moscú. El el río más largo de Europa y el de mayor caudal.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un río de Europa </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">c</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">entral. Nace en la República Checa y discurre a través de Polonia occidental y al desembocar en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Báltico forma la frontera </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">en</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">tre Polonia y Alemania.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una península en el norte de Europa. Forma la parte continental de Dinamarca y una parte del norte de Alemania. Separa el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mar</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> del Norte del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Báltico. Su terreno es relativamente plano, con colinas bajas (área de 29.775 km²).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una península en el norte de Europa, comprende la parte continental de Suecia, la parte continental de Noruega y la zona noroeste de Finlandia. La península está rodeada por varias masas de agua, que incluyen: el mar de Barents al </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">N</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, el mar de Noruega al </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">O</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (formando fiordos), el mar del Norte al </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">S</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> y el mar Báltico al </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">E</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un país insular en el Atlántico Norte, entre Groenlandia y Noruega, anteriormente una posesión de Dinamarca. Culturalmente, se </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">considera </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">que es parte de Europa (área de 103.000 km²).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> •  Es la isla más grande del mar Mediterráneo y se encuentra en el mar Mediterráneo central, al sur de la península it</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">álica</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, desde donde está separada por el estrecho de Messina. Su punto más elevado es el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">onte Etna, el volcán activo más alto de Europa.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Masa de agua que separa el sur de Inglaterra del norte de Francia, y une la parte sur del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar del Norte con el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Atlántico. Es la zona de mayor tráfico marítimo del mundo. Tiene aproximadamente 560 km de largo y varía desde 240 km en su punto más ancho hasta 33,3 km en el estrecho de Dover.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Río europeo que comienza en los Alpes, su curso forma la frontera entre varios países: Suiza-Liechtenstein, Suiza-Austria, Suiza-Alemania y luego Francia-Alemania. Luego fluye a través de los Países Bajos y finalmente desemboca en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar del Norte.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
           <w:cols w:equalWidth="0" w:num="2" w:sep="1">
             <w:col w:space="424" w:w="4891"/>
             <w:col w:space="0" w:w="4891"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9ead3" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Es un estrecho que forma parte del límite entre la parte europea de Turquía y su parte asiática (Anatolia). Conecta el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Negro con el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar de Mármara. Tiene unos 30 km de largo. Las orillas del estrecho están muy pobladas. Estambul se asienta en la orilla occidental.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -3113,51 +3354,53 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="arial" w:cs="arial" w:eastAsia="arial" w:hAnsi="arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
@@ -3391,151 +3634,159 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Por ejemplo, esta actividad puede convertirse en crucigrama, en una sopa de letras...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
@@ -3876,134 +4127,144 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda usar </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mapas interactivos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> para memorizar los ríos, cadenas montañosas...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="140" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4020,144 +4281,157 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">España</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -4271,51 +4545,53 @@
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
@@ -4353,71 +4629,73 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">La Península está formada por la Meseta (o meseta Central) que está recorrida por varios ríos, destacando el río _______(4) (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Douro </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">en portugués), el río ______(5) (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tejo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> en portugués) y el río Guadiana. Todos estos ríos discurren hacia el océano Atlántico porque la Península está ligeramente inclinada hacia el oeste. Esta meseta es el área central de la península y está rodeada por cadenas montañosas. Es lo que en Geografía se llaman "unidades de reborde" y las más relevantes </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -4438,50 +4716,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Además de montañas, dos depresiones principales se pueden encontrar en España: la del valle del Ebro y la del valle del _______(9). La primera está ubicada entre los Pirineos y el sistema Ibérico, y la segunda está flanqueada por Sierra Morena y los sistemas Béticos. En Portugal se halla la depresión de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tejo-Sado</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> cerca de Lisboa.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
@@ -4527,183 +4806,196 @@
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
           <w:cols w:equalWidth="0" w:num="2" w:sep="1">
             <w:col w:space="288" w:w="4959"/>
             <w:col w:space="0" w:w="4959"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Por ejemplo, esta actividad puede convertirse en un verdadero o falso...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda usar </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mapas interactivos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> para memorizar los ríos, cadenas montañosas...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:color w:val="009900"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_8yekt2gqao0i" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4713,144 +5005,155 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">América</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» Con m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">apa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas, asocia</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> los accidentes geográficos del recuadro con cada descripción. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table4"/>
         <w:tblW w:w="9465.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="335.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
@@ -4883,507 +5186,545 @@
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ A</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">laska</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">bahía de Hudson   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">California  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ Colorado</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Cono Sur</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Florida</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ Labrador</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ Orinoco</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Yucatán  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ Yukón</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">“</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting points</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">”</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">': </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">c</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">anal de Pana</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">má</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:keepNext w:val="0"/>
@@ -5430,1916 +5771,2076 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una gran masa de agua salada en el noreste de Canadá (1.230.000 km²). Drena un área muy grande, cerca de 3.861.400 km² que incluye partes de provincias de Canadá y de EE. UU.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Importante curso fluvial del noroeste de América del Norte. Su fuente se encuentra en Columbia Británica (Canadá) y también da nombre al territorio canadiense homónimo. La parte final recorre Alaska (EE. UU.)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">y desemboca en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar de Bering.  Long.: 3.190 km.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es uno de los ríos principales del sudoeste de los Estados Unidos y el norte de México (el otro es el Río Grande). Con 2.330 km, drena una cuenca hidrográfica árida que abarca partes de siete estados de los EE. UU. y dos estados mexicanos. Surge en las Montañas Rocosas centrales, fluye a través del Gran Cañón antes de llegar a México y desembocar en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo de California.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Península del noroeste de México. Separa el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Pacífico del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo de California. La península se extiende 1.247 km² de norte a sur. Tiene 40 km en su punto más estrecho y 320 km en su punto más ancho. La península está separada del territorio continental de México por el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo de California y el río Colorado. Es una zona desértica.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Península entre el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo de México, el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Atlántico (al oeste de las Bahamas) y 140 km al norte de la isla de Cuba. Limita al norte con los estados de Georgia y Alabama.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Esta península, ubicada en el sureste de México, separa el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Caribe del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo de México (superficie aprox. 181.000 km²). La capital del estado mexicano homónimo es Mérida.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una gran península del este de Canadá (1.400.000 km²). Limita con la bahía de Hudson al oeste, el estrecho de Hudson al norte, el mar de Labrador al este y el golfo de San Lorenzo al sureste. La península incluye regiones de las provincias de Terranova, Labrador y Quebec. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> •  Región escasamente poblada del extremo de América del Sur, compartida por Argentina y Chile. Comprende la zona sur de la </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">c</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ordillera de los Andes, así como desiertos, pampas y pastizales, y está flanqueada por los océanos Pacífico y Atlántico (incluiría la Tierra del Fuego).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es uno de los ríos más largos de América del Sur con 2.140 km. Su cuenca de drenaje ocupa 880.000 km² (76% en Venezuela y resto en Colombia). Cuarto río más caudaloso del mundo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Región geográfica, península y estado de los EE. UU. del extremo noroeste de América del Norte. Se sitúa frente a las costas de Rusia, al oeste del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">e</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">strecho de Bering. Al norte se encuentra el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Ártico y el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Pacífico al sur y al SW. En 1867, EE. UU. compró esta región a Rusia.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:smallCaps w:val="0"/>
-[...13 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Este canal es un canal artificial de 77 km que conecta el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Atlántico con el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Pacífico. El canal atraviesa el istmo de Panamá.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
           <w:cols w:equalWidth="0" w:num="2" w:sep="1">
             <w:col w:space="424" w:w="4891"/>
             <w:col w:space="0" w:w="4891"/>
           </w:cols>
@@ -7349,51 +7850,53 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="009900"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
@@ -7411,144 +7914,157 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -7734,50 +8250,51 @@
         </w:rPr>
         <w:t xml:space="preserve">América del Norte se extiende desde las regiones polares del norte de Canadá y Alaska hasta el sur a través de México y los países de América _______(1). El océano _______(2)  limita su borde oriental, y el océano _______(3) conforma su límite occidental. Al norte está el océano _______(4).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="142" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">El oeste de América del Norte está configurado por cadenas montañosas que discurren de norte a sur, sobresalen las Montañas _______(5) (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the Rocky Mountains</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) y las montañas y valles del Pacífico. En la costa este de América del Norte destaca la presencia de los montes _______(6). En el interior del continente, el paisaje está dominado por _______(7).</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
@@ -7847,51 +8364,53 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -7918,69 +8437,72 @@
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
           <w:cols w:equalWidth="0" w:num="2" w:sep="1">
             <w:col w:space="288" w:w="4959"/>
             <w:col w:space="0" w:w="4959"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="column"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Por ejemplo, esta actividad puede convertirse en una test de elección múltiple...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7993,88 +8515,92 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
@@ -8217,100 +8743,108 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda usar </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mapas interactivos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> para memorizar los ríos, cadenas montañosas...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="009900"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_n5xghi669he6" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
@@ -8325,144 +8859,157 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -8675,50 +9222,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">En Sudamérica se encuentran otros grandes ríos como el _______(5) que recorre gran parte de Venezuela; el río </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">São Francisco</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, que fluye por el sudeste de Brasil; al sur de Brasil discurre el río Paraguay, a su vez tributario del río _______(6), cuya desembocadura forma el Río _______(7) entre Argentina y Uruguay.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
@@ -8799,93 +9347,98 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Por ejemplo, esta actividad puede convertirse en un juego tipo “tabú”...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -9228,100 +9781,108 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda usar </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mapas interactivos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> para memorizar los ríos, cadenas montañosas...</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pageBreakBefore w:val="0"/>
@@ -9344,144 +9905,155 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» Con m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">apa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas, asocia</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> los accidentes geográficos del recuadro con cada descripción. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table7"/>
         <w:tblW w:w="9465.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="335.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
@@ -9543,431 +10115,463 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  Arabia</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ártico  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ Baika</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">l</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">estrecho de Malaca   ___ golfo Pérsico</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ Indo   ___ Lena</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">m</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">alaya   ___ Tibet   ___ Yan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">gtzé</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">“</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting points</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">”</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: estrecho de Bering</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
@@ -9979,1960 +10583,2128 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Masa de agua rodeada completamente por Eurasia y América del Norte. Este océano está parcialmente cubierto por hielo durante todo el año y casi completamente en invierno. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una extensión del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Índico (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo de Omán) a través del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">e</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">strecho de Ormuz y se extiende entre Irán al noreste, Irak (los ríos Tigris y Éufrates desembocan en este golfo) y la </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">p</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">enínsula </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">a</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">rábiga al suroeste. Países como Arabia Saudí, Emiratos Árabes Unidos, Kuwait, etc. comparten las costas del golfo. La región posee grandes reservas de petróleo y gas natural.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Esta península se la reparten tres países: Malasia, Tailandia y Myanmar. El </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">e</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">strecho de Malaca separa la península de la isla indonesia de Sumatra, mientras que la costa sur está separada de la isla de Singapur por el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">e</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">strecho de Johor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una franja de 800 km de agua entre la península de Malasia y la isla indonesia de Sumatra. Es el principal paso marítimo entre el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Índico y el Pacífico y une las principales </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">economías asiáticas: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">India, Indonesia, Malasia, Singapur, China, Japón, Taiwán y Corea del Sur.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una península de Asia occidental situada al noreste de África. Limita con el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Rojo al oeste y suroeste, el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo Pérsico al noreste y el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Índico al sureste. La península está compuesta por los países de Yemen, Omán, Qatar, Bahrein, Kuwait, Arabia Saudí y los Emiratos Árabes Unidos, y partes de Jordania e Iraq.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Este río es el más oriental de los tres grandes ríos siberianos que desembocan en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Ártico (los otros dos son el Obi y el Yenisei). Es el undécimo río más largo del mundo y tiene la novena cuenca más grande. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es uno de los ríos más largos de Asia. Con origen en la </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">eseta Tibetana, el río es alimentado por glaciares del Himalaya, y discurre a través de la India y Pakistán para desembocar en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar de Arabia (o de Omán) en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Índico. Este río ha tenido gran importancia a lo largo de la Historia. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> •  Este río, de 6.380 km de longitud, es el más largo de Asia y el tercero del mundo. Su cuenca drena un quinto de la superficie de China. La presa de las Tres Gargantas, construida en su curso, es la central hidroeléctrica más grande del mundo. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Esta meseta contiene las cabeceras de grandes ríos de Asia: Yangtze, el Mekong, el Indo, etc. Se extiende aprox. 1.000 km de norte a sur y 2.500 kilómetros de este a oeste. Con una altitud </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">media</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> que supera los 4.500 m sobre el nivel del mar, está rodeada de imponentes montañas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un lago de Rusia, ubicado al sur de Siberia. Es el lago más profundo del mundo (con una profundidad máxima de 1.642 m) y el mayor lago de agua dulce por volumen en el mundo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:smallCaps w:val="0"/>
-[...13 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Es un estrecho del Pacífico, que limita con el océano Ártico. Se encuentra entre Rusia y los Estados Unidos. Su nombre viene de un explorador danés al servicio del Imperio ruso.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
           <w:cols w:equalWidth="0" w:num="2" w:sep="1">
             <w:col w:space="424" w:w="4891"/>
             <w:col w:space="0" w:w="4891"/>
           </w:cols>
@@ -11942,144 +12714,157 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -12174,50 +12959,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  “</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting points”</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: Tibet</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -12429,144 +13215,155 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">África </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Con mapa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas, asocia</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> los accidentes geográficos del recuadro con cada descripción. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table9"/>
         <w:tblW w:w="9465.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="335.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
@@ -12599,523 +13396,563 @@
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">m</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ontañas del Atlas ___ Congo ___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">c</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">abo de Buena Esperanza ___  Cuerno de África </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">l</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ago Chad ___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">l</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ago Victoria ___  Madagascar ___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">d</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">elta del Nilo ___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">p</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">en</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> del Sinaí </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">strecho de Gibraltar ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">“</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting points</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">”</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: c</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">anal de Suez</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
@@ -13127,1669 +13964,1813 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Segundo río más largo de África, también llamado río Zaire, solo superado por el Nilo. Es el segundo río más caudaloso del mundo tras el Amazonas. Cruza la línea del ecuador dos veces y su cuenca hidrográfica ocupa el 13% del continente.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un canal artificial construido en Egipto, al oeste de la península del Sinaí. Tiene 163 km de largo y, en su punto más estrecho, 300 m de ancho. Conecta el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar Mediterráneo con el mar Rojo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Era uno de los lagos más grandes de África. Se localiza al sur de Sáhara, en la región del Sahel. En las última décadas se ha reducido mucho su extensión. Es poco profundo y es de tipo endorreico. Este lago hace de frontera de cuatro países: Camerún, Chad, Níger y Nigeria.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una isla del océano Índico frente a la costa este africana -a unos 400 km- de la que está separada por el canal de Mozambique. Es la cuarta mayor isla del mundo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un estrecho de unos 14 km en su zona más próxima que conecta el océano Atlántico con el mar Mediterráneo. Sus aguas separan la </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">p</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">enínsula ibérica de África. En el mundo clásico era conocido como “Las columnas de Hércules”. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una península de Egipto, la única parte de este país africano en territorio de Asia (le pertenece desde la Primera Dinastía del Antiguo, 3100 a.C.). Se sitúa entre el mar Mediterráneo al norte y el mar Rojo al sur. Es el paso terrestre natural entre África y Asia. Tiene una extensión de 60.000 km².</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Se trata de una península en el noreste de África con costas tanto en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Índico como en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">g</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">olfo de Adén. Tiene un origen tectónico muy interesante. Da nombre a la región de África Oriental en la que se localizan lo países de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Yibuti</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, Eritrea, Etiopía y Somalia. Unos 2.000.000 km².</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un escollo rocoso en la costa Atlántica de la </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">p</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">enínsula de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">E</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">l Cabo, en Sudáfrica. Es considerado erróneamente como el punto más al sur de África. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es el delta que se forma al norte de Egipto (Bajo Egipto del Antiguo Egipto) cuando el gran río que le da nombre se abre en varios ramales al desembocar en el mar Mediterráneo. Ocupa unos 240 km de costa y su suelo es muy fértil.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Se extiende unos 2.500 km por Marruecos, Argelia y Túnez (la región del Magreb). El pico más alto es el Toubkal, de 4.167 m. Esta cadena montañosa separa las costas atlánticas y mediterráneas del desierto de Sahara.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> •  Este lago se localiza en la región de los Grandes Lagos africanos. Es el mayor en extensión y debe su nombre a la reina de Inglaterra de la época en que el explorador Speke llegó allí cuando trataba de encontrar las “Fuentes del Nilo”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -14824,80 +15805,84 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Por ejemplo, esta actividad puede convertirse en un “pasapalabra”...</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
           <w:cols w:equalWidth="0" w:num="2" w:sep="1">
             <w:col w:space="424" w:w="4891"/>
             <w:col w:space="0" w:w="4891"/>
           </w:cols>
         </w:sectPr>
@@ -14906,184 +15891,199 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -15393,134 +16393,141 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Por ejemplo, esta actividad puede convertirse en un juego tipo “trivial”...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
       <w:pPr>
@@ -15536,174 +16543,186 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda usar </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mapas interactivos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> para memorizar los ríos, cadenas montañosas...</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:pageBreakBefore w:val="0"/>
@@ -15727,144 +16746,155 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000112">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Con mapa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas, asocia</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> los accidentes geográficos del recuadro con cada descripción. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table11"/>
         <w:tblW w:w="9465.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="335.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
@@ -15897,407 +16927,437 @@
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffcc" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Ayers Rock/Urulu  ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Darling   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Gran Barrera de Coral   ___ Gran Cordillera Divisoria </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Mela</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ne</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">sia   ___ Micronesia   ___ Nueva Zelanda   ___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">península Antártica   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Poline</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">sia</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="ffffcc" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ Tasmania   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">“</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meeting points</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">”</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: estrecho de Torres</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
@@ -16316,128 +17376,138 @@
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Esta península es la parte más septentrional de la Antártida. La Tierra de Fuego, el extremo más meridional de América del Sur, se encuentra a unos 1.000 km de distancia a través del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">p</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">asaje Drake. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
@@ -16461,1671 +17531,1810 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un grupo de islas situadas a unos 1.500 km al este de Australia, cruzando el mar de Tasmania. Comprende dos islas principales: la Isla Norte y la Isla Sur y alrededor de 600 islotes. Fue una de las últimas zonas en ser colonizada por humanos.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una isla situada a 240 km al sur de Australia continental, separada por el estrecho de Bass. La isla cubre 64,519 km².</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es la cordillera más importante de Australia. Se extiende más de 3.500 km desde Queensland, recorre toda la costa este a través de Nueva Gales del Sur y parte del estado de Victoria.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es el tercer río más largo de Australia (1.472 km) desde su nacimiento en el norte de Nueva Gales del Sur hasta su confluencia con el río Murray.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una subregión de Oceanía que se extiende desde la isla de Nueva Guinea en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Pacífico suroccidental hasta el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar de Arafura, y hacia el este hasta Fiji (incluye los cuatro países independientes de Vanuatu, las Islas Salomón, Fiji y Papúa Nueva Guinea, así como el territorio francés de Nueva Caledonia y la región indonesia de Nueva Guinea occidental).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una subregión de Oceanía, formada por más de 1.000 islas dispersas en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Pacífico central y sur. Históricamente, las islas han sido conocidas como </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">slas del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar del Sur a pesar de que las Islas de Hawai se encuentran en el Pacífico Norte.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> •  Es una subregión de Oceanía, compuesta por miles de pequeñas islas en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">céano Pacífico occidental. Hay cuatro archipiélagos principales junto con numerosas islas periféricas. La región abarca cinco naciones independientes: los Estados Federados de Micronesia, Palau, Kiribati, Islas Marshall y Nauru, así como territorios de EE. UU. (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">slas Marianas del Norte, Guam e </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">sla Wake)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es un sistema de arrecifes que se encuentra en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar de Coral, frente a la costa de Queensland, Australia. Compuesto por más de 2.900 arrecifes individuales y 900 islas que se extienden 2.300 km en un área de aprox. 344.400 km². Se puede ver desde el espacio y es la estructura más grande del mundo hecha por organismos vivos.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Es una gran formación rocosa de arenisca en el centro de Australia. Esta roca es sagrada para los aborígenes australianos. La ciudad más cercana, Alice Springs, está a 450 km por carretera.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
           <w:cols w:equalWidth="0" w:num="2" w:sep="1">
             <w:col w:space="424" w:w="4891"/>
             <w:col w:space="0" w:w="4891"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> • Estrecho que une el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar de Coral (al este) con el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">m</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ar de Arafura y el de Carpentaria (al oeste). Es una importante vía marítima internacional, aunque es muy poco profundo (entre 7 y 15 m de profundidad). El laberinto de arrecifes e islas hace peligrosa la navegación.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="009900"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_pjio2t1txudw" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -18134,144 +19343,157 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Oceanía</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -18523,273 +19745,287 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Inspírate en </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">learningapps.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">educaplay.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ...</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000140">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
           <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000141">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000142">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
@@ -18964,69 +20200,71 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda usar </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mapas interactivos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> para memorizar los ríos, cadenas montañosas...</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -19050,144 +20288,157 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Antártida</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. En parejas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, lee y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">completa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -19502,109 +20753,115 @@
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000159">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="009900"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🚀 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Crea tus propias actividades: Inspírate en </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">learningapps.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">educaplay.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ...</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
@@ -19653,100 +20910,108 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuerda usar </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mapas interactivos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="282828"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> para memorizar los ríos, cadenas montañosas...</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="1740" w:top="1577" w:left="850" w:right="850" w:header="567" w:footer="567"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Georgia"/>
@@ -19764,66 +21029,70 @@
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015E">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="140" w:before="0" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="FreeSerif" w:cs="FreeSerif" w:eastAsia="FreeSerif" w:hAnsi="FreeSerif"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1155cc"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="single"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="FreeSerif" w:cs="FreeSerif" w:eastAsia="FreeSerif" w:hAnsi="FreeSerif"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="1155cc"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="single"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="0" distT="0" distL="0" distR="0">
           <wp:extent cx="725170" cy="266065"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:docPr id="2" name="image3.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image3.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
@@ -19848,283 +21117,303 @@
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015F">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:cs="Liberation Serif" w:eastAsia="Liberation Serif" w:hAnsi="Liberation Serif"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="464646"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Continentes: localizar y describir </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="464646"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">del </w:t>
     </w:r>
     <w:hyperlink r:id="rId2">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="1155cc"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Proyecto CREA</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:cs="Liberation Serif" w:eastAsia="Liberation Serif" w:hAnsi="Liberation Serif"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="464646"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="464646"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">se encuentra bajo una licencia </w:t>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="464646"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000160">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="140" w:before="0" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:cs="Liberation Serif" w:eastAsia="Liberation Serif" w:hAnsi="Liberation Serif"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId3">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="049ccf"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Creative Commons Reconocimiento-CompartirIgual 4.0 Internacional License</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="464646"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:highlight w:val="white"/>
         <w:u w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">.</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015D">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="0" distT="0" distL="0" distR="0">
           <wp:extent cx="1601470" cy="352425"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="1" name="image2.png"/>
+          <wp:docPr id="1" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1601470" cy="352425"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -20133,95 +21422,97 @@
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="FreeSerif" w:cs="FreeSerif" w:eastAsia="FreeSerif" w:hAnsi="FreeSerif"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="FreeSerif" w:cs="FreeSerif" w:eastAsia="FreeSerif" w:hAnsi="FreeSerif"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:u w:val="none"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:tab/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="0" distT="0" distL="0" distR="0">
           <wp:extent cx="1636395" cy="417195"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="3" name="image1.png"/>
+          <wp:docPr id="3" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1636395" cy="417195"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -20281,147 +21572,154 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans" w:eastAsia="Liberation Sans" w:hAnsi="Liberation Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="55.0" w:type="dxa"/>
         <w:left w:w="45.0" w:type="dxa"/>
         <w:bottom w:w="55.0" w:type="dxa"/>
         <w:right w:w="55.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="55.0" w:type="dxa"/>
@@ -20568,51 +21866,51 @@
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="55.0" w:type="dxa"/>
         <w:left w:w="45.0" w:type="dxa"/>
         <w:bottom w:w="55.0" w:type="dxa"/>
         <w:right w:w="55.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.educaplay.com/es/actividades.php" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learningapps.org/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.educaplay.com/es/actividades.php" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learningapps.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OpenSans-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crea.educarex.es/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by-sa/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>