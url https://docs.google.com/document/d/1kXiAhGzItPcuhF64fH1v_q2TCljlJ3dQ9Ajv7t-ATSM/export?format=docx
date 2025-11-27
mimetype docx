--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -1,224 +1,235 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">BENNETT VALLEY UNION SCHOOL DISTRICT</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2250 Mesquite Drive</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Santa Rosa, CA  95405</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Telephone: 707-542-2201     Fax: 707-544-6629</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CLASSIFIED APPLICATION</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">POSITION FOR WHICH YOU ARE APPLYING: __________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
@@ -341,85 +352,89 @@
         <w:t xml:space="preserve">Are you between the ages of 18 and 70?    Yes_____     No______</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">RELATED WORK EXPERIENCE</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  Employer Name</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">    Supervisor’s Name</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">      Position Held</w:t>
         <w:tab/>
         <w:t xml:space="preserve">       Reason for Leaving</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
@@ -804,50 +819,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EDUCATION</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">High School diploma or equivalent?    _____Yes     _____No</w:t>
       </w:r>
@@ -931,72 +947,75 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Moral turpitude is an act of baseness, vileness or depravity in the private and social duties which a person owes another member of society or society in general, and which is contrary to the accepted rule of right and duty between persons, including, but not limited to, theft, attempted theft, murder, rape, swindling, and indecency with a minor.  Have you ever been convicted of a felony or any offense involving moral turpitude?  _______   If “yes”, please give date of offense and outcome_______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="none"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note:  Conviction is not an automatic bar to employment</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
@@ -1149,63 +1168,65 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please list 3 people who are familiar with your work that we could contact as references:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Name</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">        Position</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">  Address</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">Phone #</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1230,310 +1251,325 @@
         <w:gridCol w:w="2937"/>
         <w:gridCol w:w="2434"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="2993"/>
             <w:gridCol w:w="2379"/>
             <w:gridCol w:w="2937"/>
             <w:gridCol w:w="2434"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="332" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="332" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="350" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">AGREEMENT</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
@@ -1742,233 +1778,242 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Employment with the Bennett Valley Union School District is subject to a loyalty oath, a negative tuberculin test or x-ray, fingerprinting, and, as required, a pre-employment physical exam.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="432" w:top="432" w:left="1008" w:right="720" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr/>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>