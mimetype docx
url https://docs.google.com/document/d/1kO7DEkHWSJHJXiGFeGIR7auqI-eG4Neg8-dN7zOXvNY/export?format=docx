--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -1,60 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_lyhn5i892ndx" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONTRATO DE TRABAJO OCASIONAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Comparecen a la suscripción del presente Contrato, por una parte, la compañía</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:spacing w:before="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -110,50 +113,51 @@
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">por sus propios y personales derechos, a quien en adelante se lo denominará “EL TRABAJADOR”. Los comparecientes son mayores de edad, en pleno goce de su capacidad civil de ejercer derechos y contraer obligaciones; quienes libre y voluntariamente, convienen en la celebración de este contrato de trabajo eventual, contenido en las cláusulas que se detallan a continuación:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PRIMERA. -</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ANTECEDENTES. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -372,50 +376,51 @@
         </w:rPr>
         <w:t xml:space="preserve">                                                          </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, declara conocer estas circunstancias extraordinarias y manifiesta estar interesado en prestar sus servicios personales de manera ocasional.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SEGUNDA. - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OBJETO. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -453,50 +458,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A la firma de este contrato, el empleador entrega al trabajador un ejemplar del Reglamento Interno de Trabajo, al cual quedan sujetos los comparecientes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TERCERA. - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LUGAR DE TRABAJO. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -570,50 +576,51 @@
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, pudiendo este cambiar cuantas veces así lo considere necesario “EL EMPLEADOR”, a cualquiera de las oficinas, sucursales o agencias de la compañía, a nivel nacional o regional, situación ésta, que declara ser conocida y aceptada por “EL TRABAJADOR”, sin que tal hecho se lo pueda considerar como despido intempestivo; y, sin que afecte o altere además la remuneración pactada o el cargo confiado.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CUARTA. - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HORARIO DE TRABAJO. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -636,50 +643,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Queda expresamente prohibido el trabajo suplementario ya se trate de horas suplementarias o extraordinarias de labor, excepto cuando sean expresamente autorizadas por escrito por el Empleador.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">QUINTA. - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">REMUNERACION. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -745,50 +753,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">De la cantidad indicada en el acápite anterior, se descontará al trabajador, sus aportaciones personales al Instituto Ecuatoriano de Seguridad Social (IESS), su impuesto a la renta (de ser pertinente) y cualquier otra suma que determine la Ley o autoridad competente.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SEXTA. - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PLAZO. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="80"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -875,50 +884,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> , plazo dentro del cual, y por tratarse de un contrato de trabajo precario no sujeto a estabilidad alguna, “EL EMPLEADOR” podrá darlo por terminado en cualquier momento, sin que sea necesario desahucio o notificación alguna, ni que tal hecho, dé derecho a ninguna de las partes a reclamar el pago de indemnización de ninguna clase.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SEPTIMA. - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OBLIGACIONES DEL TRABAJADOR. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1070,89 +1080,91 @@
           <w:szCs w:val="14"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Las demás previstas en el Código del Trabajo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OCTAVA. - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENCIALIDAD. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">En vista de que “EL TRABAJADOR” tendrá acceso a información Confidencial de propiedad exclusiva de “EL EMPLEADOR”, así como a la proveniente de sus clientes, por tanto, el trabajador, se compromete a guardar absoluta reserva y confidencialidad respecto a toda la información a la que tenga acceso. Por tanto, todos los documentos, cartas, planes, proyectos comerciales, estudios de mercado, bases de datos, lista de clientes, estrategias de negocios, sistemas informáticos, códigos, contraseñas, contratos y demás instrumentos privados relacionados a su trabajo, e información a la que tenga acceso, será objeto de escrupulosa reserva y permanecerá dentro de las oficinas de “EL EMPLEADOR”. Será prohibido para “EL TRABAJADOR” efectuar reproducciones, copias o compulsas de los asuntos descritos, así como de divulgar la confidencial información a terceros. La confidencialidad, como salvaguarda de la integridad de la información de propiedad de “EL EMPLEADOR”, se mantendrá, vigente hasta dos años después de la fecha de terminación de este contrato.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NOVENA. – </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JURISDICCION Y COMPETENCIA. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -1190,50 +1202,51 @@
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">; y, al trámite Oral, previsto en el Código del Trabajo vigente, sin perjuicio, de la facultad legal del accionarte de optar previamente por la vía administrativa.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DECIMA. – </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DOMICILIOS. -</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">El empleador manifiesta que su domicilio principal está ubicado en la ciudad de</w:t>
@@ -1369,50 +1382,51 @@
         <w:rPr>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:spacing w:before="200" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DÉCIMA PRIMERA. – </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ACEPTACIÓN Y RATIFICACIÓN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="80"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -1624,50 +1638,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1690,148 +1705,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>