--- v0 (2025-10-29)
+++ v1 (2026-01-07)
@@ -10,166 +10,175 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONTOH SOAL</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">UJIAN TENGAH SEMESTER GENAP</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TAHUN PELAJARAN 2018-2019</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">KURIKULUM KTSP 2006</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9898.0" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="3513"/>
         <w:gridCol w:w="894"/>
         <w:gridCol w:w="1782"/>
         <w:gridCol w:w="2716"/>
@@ -458,5444 +467,5868 @@
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pilih jawaban anu pang benerna kucara nyakra a, b, c atawa d dina lembar jawaban! </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ubar tradisional mah teu nimbulkeun efek samping. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Efek samping hartina......</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Hasiat </w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Kagunaan </w:t>
         <w:tab/>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Balukar tina hiji perkara</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Hasil tina hiji perbuatan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tutuwuhan di handap ieu nu ka asup bahan ubar tradisional nyaeta....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Daun sampeu</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Kangkung</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jawer kotok</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Salada </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Naon anu ditulis dina bagian panutup artikel?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kacindekan</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Pedaran</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Kasang tukang</w:t>
         <w:tab/>
         <w:t xml:space="preserve">d. Wincikan masalah</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Bagian anu medar pasualan secara jelas dina artikel mangrupa bagian....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Bubuka</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Panutup </w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Eusi </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Kasang tukang</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciri kalimah langsung dina basa tulisan nyaeta....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Diucapkeun langsung ku panyaturna</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Diselapan ku kecap panyambung yen</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Make koma jeung tanda tanya</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Diapit ku tanda kekenteng</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mana kalimah langsung anu bener!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Saha anu teu sakola?</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“Keur naon gunana memeniran teh?” Iwan nanya.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Iraha rek indit ka Jakarta teh?</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Iwan nanyakeun gunana memeniran teh.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“Kuring mah moal milu piknik da teu boga duit”, ceuk Imas ka Somad.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalimah di luhur lamun dirobah jadi kalimah teu langsung unina......</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Imas nyarita ka Somad yen manehna moal milu piknik sabab teu boga duit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceuk Imas ka Somad, kuring moal milu piknik sabab teu boga duit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Imas nyarita ka Somad yen manehna moal milu piknik sabab teu boga duit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuring mah moal milu piknik da teu boga duit ceuk Imas ka Somad.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kania nyarita ka Nunung yen isukan manehna moal sakola sabab rek ka jakarta.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Lamun dirobah jadi kalimah langsung, unina.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“Kuring mah isukan moal sakola sabab rek ka Jakarta,” ceuk Nunung.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“Kuring mah isukan moal sakola sabab rek ka Jakarta,” ceuk Kania</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kania nyarita, kuring mah isukan moal sakola sabab rek ka Jakarta. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nunung ngomongkeun Kania yen manehna isukan moal sakola sabab rek ka Jakarta.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Budak teh geuning beut amis daging. Amis daging hartina.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Boga panyakit diabetes melitus</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Babarian ceurik</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Babari bareureum lamun ka panasan</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Babari ka terap ku kasakit kulit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Abong nincak rumaja, jang Midun teh mani murag bulu bitis. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nu dimaksud murag bulu bitis nyaeta....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Cicing bae di imah</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Mimiti beger</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Resep dangdan</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Teu betah cicing di imah</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sanajan beunghar sarta luhur pangkat oge, anjeunamah jajauheun tina sifat....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Handap asor</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Hampang leungeun</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Gede hulu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Someah</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Cik sing someah ka batur teh, ulah sok......bisi teu dipikaresep!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Amis budi</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Amis daging</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Haseum budi</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Pait daging</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Paingan teu katarima gawe da masih.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Bau jaringao</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Lelengkah halu</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Atah anjang</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Kembang buruan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Neng Zahra mah ...... loba pisan nu resep ku sipat jeung tingkah lakuna.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Amis daging</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Yuni kembang</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Awak sampayan</w:t>
         <w:tab/>
         <w:t xml:space="preserve">d. Pait daging</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalimah sampurna nyaeta....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalimah anu diwangun ku sakurang-kurangna jejer jeung caritaan</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalimah anu diwangun ku jejer jeung caritaan wungkul</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalimah anu diwangun ku unsur utamana nyaeta katerangan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalimah anu teu merlukeun obyek</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kalimah di handap ieu diwangun ku jejer, caritaan jeung obyek.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Barudak mah tos arulin di walungan Cimanuk</w:t>
         <w:tab/>
         <w:t xml:space="preserve">c. Mimin keur ngumbah piring di pancuran</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pasar Cigasong teh rek dipindahkeun taun 2017</w:t>
         <w:tab/>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Anak hayam teh keur macokan beunyeur</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mana kalimah anu diwangun ku jejer, caritaan jeung katerangan?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kamarimah hujan meuni gede</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Bapa nuju maos koran di teras</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tukang sayur mah sok balanja rebun-rebun keneh</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">d. Otong nutupkeun panto mani dijablogkeun</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Bapa nuju ngadamel kurung manuk di pipir.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pola kalimah di luhur nyaeta....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCKO</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. KJCO</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCOK</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. KJCK</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulan Februari mah para siswa teh rek pariknik. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">anu nyicingan fungsi salaku jejer dina eta kalimah nyaeta.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulan </w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Februari</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Para siswa</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pariknik</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Manehna teh isukan mah rek mupu buah di kebonna.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pola kalimah di luhur nyaeta....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JCKO</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. JCOK</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JKCOK</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. KJCOK</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Anak hayam keur macokan beunyeur.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Anu nyicingan fungsi salaku obyek dina eta kalimah nyaeta....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Anak hayam</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Beunyeur</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Keur macokan</w:t>
         <w:tab/>
         <w:t xml:space="preserve">d. Hayam </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Lantaran ka sakitna parna, zat kadaharan teh diasupkeun kucara.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ICU</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Infus</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Steril </w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jalma anu katabrak motor teh diasupkeun ka.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ruang ICU</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">b. Ruang UKS</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Ruang Laboratorium</w:t>
         <w:tab/>
         <w:t xml:space="preserve">d. Ruang Kantor</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Harti kecap </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">didongdon</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> nyaeta.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dulur</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Tamu</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. Panyakit </w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Didatangan</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Wabah hartina.....</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dulur</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">b. Tamu</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">c. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Panyakit </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">d. Didatangan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="0" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Essay</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jieun kalimah tina kecap </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ipis biwir</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tulis babasan anu ngebrehkeun pasifatan jalma, dipapandekeun kana sastoan atawa tutuwuhan!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“Saha anu ayeuna teu sakola?” saur Bu Nina ka siswa kelas tilu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pek ku hidep robah jadi kalimah teu langsung</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pek lengkepan ieu kalimah ku obyek atawa katerangan atawa tambahan ku duanana!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Barudak keur maraca....................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nunung keur diajar tembang..............</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="644" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jieun kalimah tina kecap-kecap ieu :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Virus</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1004" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -5933,131 +6366,140 @@
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Diunduh dari </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">https://www.carasunda.com/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -6125,50 +6567,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -7226,50 +7669,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="359.99999999999994"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -8217,50 +8661,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="359.99999999999994"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -8328,50 +8773,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -8659,50 +9105,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -8770,50 +9217,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -8881,50 +9329,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -8992,50 +9441,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -9103,50 +9553,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -9214,50 +9665,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
@@ -9461,146 +9913,153 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine w:val="0"/>
     <w:hidden w:val="0"/>
     <w:qFormat w:val="0"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
@@ -9807,50 +10266,51 @@
     <w:rPr>
       <w:color w:val="0000ff"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:u w:val="single"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 