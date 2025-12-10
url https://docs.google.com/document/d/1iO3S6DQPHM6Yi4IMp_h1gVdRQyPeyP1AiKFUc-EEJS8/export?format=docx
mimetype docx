--- v0 (2025-10-01)
+++ v1 (2025-12-10)
@@ -1,95 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_789w23w7k6t4" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نموذج</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:rtl w:val="1"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تعريف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:rtl w:val="1"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">موظف</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">إلى</w:t>
       </w:r>
@@ -321,321 +328,355 @@
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الرياض</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">السلام</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عليكم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ورحمة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الله</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وبركاته</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وبعد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">،،</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الموضوع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">شهادة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تعريف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">مفصلة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وإفادة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بالراتب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للموظف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> / [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكامل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للموظف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
@@ -789,98 +830,105 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">شركة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشركة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بالكامل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المسجلة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -932,98 +980,105 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">رقم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">رقم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">السجل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">التجاري</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بأن</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1324,191 +1379,205 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="120" w:before="0" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_wqo2zm18rj8g" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">أولا</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ً: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">البيانات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشخصية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">والوظيفية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للموظف</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكامل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الاسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1600,58 +1669,60 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الجنسية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">جنسية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1673,106 +1744,114 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">رقم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الهوية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الوطنية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الإقامة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">رقم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1822,74 +1901,78 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">رقم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الموظف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="575b5f"/>
           <w:shd w:fill="e9eef6" w:val="clear"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
@@ -1930,90 +2013,96 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تاريخ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الالتحاق</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بالعمل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اليوم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2056,74 +2145,78 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ميلادي</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المسمى</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الوظيفي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المسمى</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2159,74 +2252,78 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الإدارة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">القسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2276,74 +2373,78 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">نوع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">العقد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عقد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2505,74 +2606,78 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ../../....]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الحالة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الوظيفية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">موظف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2655,82 +2760,87 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للمقيمين</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الكفالة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الموظف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2833,241 +2943,260 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">].</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="120" w:before="0" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ygjjp5nawcm0" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ثانيا</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ً: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تفصيل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأجر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">والبدلات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشهرية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بالريال</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">السعودي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الراتب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الأساسي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="575b5f"/>
           <w:shd w:fill="e9eef6" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[0,000.00]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -3097,74 +3226,78 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سعودي</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بدل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">السكن</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="575b5f"/>
           <w:shd w:fill="e9eef6" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[0,000.00]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -3194,74 +3327,78 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سعودي</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بدل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">النقل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="575b5f"/>
           <w:shd w:fill="e9eef6" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[0,000.00]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -3291,154 +3428,168 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سعودي</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بدلات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">أخرى</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ت</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ُ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ذكر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تفصيلا</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ً </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">إن</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وجدت</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">):</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="575b5f"/>
           <w:shd w:fill="e9eef6" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[0,000.00]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -3468,214 +3619,232 @@
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سعودي</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">إجمالي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الراتب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشهري</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">شاملا</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ً </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">البدلات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="575b5f"/>
           <w:shd w:fill="e9eef6" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[00,000.00]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ريال</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">سعودي</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">كتابة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ً):</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">فقط</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3809,100 +3978,106 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="120" w:before="0" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_b96j4c6hw630" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ثالثا</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ً: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">إقرارات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وتعهدات</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4073,114 +4248,123 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">لدى</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">البنك</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الحالي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للموظف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">برقم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4190,311 +4374,341 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">آيبان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">رقم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">حساب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الموظف</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المصرفي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">IBAN</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="3" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">في</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">حال</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">كان</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخطاب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">موجها</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ً </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">لبنك</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">آخر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">لغرض</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">قرض</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تتعهد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4616,130 +4830,141 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">في</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">البنك</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الموجه</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">له</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخطاب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وذلك</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5214,178 +5439,195 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">لغرض</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ذكر</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الغرض</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بوضوح</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">مثال</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الحصول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">على</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تمويل</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">شخصي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وهي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5907,287 +6149,315 @@
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشركة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">وتفضلوا</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بقبول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">فائق</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">التقدير</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">والاحترام</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">عن</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">شركة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">اسم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الشركة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">توقيع</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المسؤول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">المخول</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6383,367 +6653,405 @@
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الإدارية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">[</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الختم</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الرسمي</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:color w:val="1b1c1d"/>
-[...6 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="1b1c1d"/>
+          <w:rtl w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">للشركة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:bidi w:val="1"/>
         <w:rPr>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pBdr>
           <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:left w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:bottom w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:right w:color="auto" w:space="0" w:sz="0" w:val="none"/>
           <w:between w:color="auto" w:space="0" w:sz="0" w:val="none"/>
         </w:pBdr>
         <w:bidi w:val="1"/>
         <w:spacing w:after="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ملاحظة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">بعض</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الجهات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الرسمية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">والسفارات</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">قد</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تتطلب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">تصديق</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الخطاب</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">من</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">الغرفة</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">التجارية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">والصناعية</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="1b1c1d"/>
           <w:rtl w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -7198,50 +7506,51 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -7264,148 +7573,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>