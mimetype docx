--- v0 (2025-10-03)
+++ v1 (2025-12-02)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -53,57 +54,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EXAM DATE:07-11-2016</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.The strategy for large scale industrialization was adopted from the first time in</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.First Five Year Plan</w:t>
@@ -180,72 +183,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.Supporting the partition of India,who said,”Partition was better than murder of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">innocent citizens”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sardar Vallabhabhai Patel</w:t>
@@ -322,57 +328,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.Gandhi’s ideas on ‘Sarvodaya’and ‘Basic Education’were derived from</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Tolstoy</w:t>
@@ -449,57 +457,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.Tallest mountain peak of India is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Kanchenjunga*</w:t>
@@ -576,57 +586,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5.Arjuna award is associated with</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Social work</w:t>
@@ -703,57 +715,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6.December 10 is observed as</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.World Health Day</w:t>
@@ -830,57 +844,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7.Ayodhya stands on the banks of which river?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Narmada</w:t>
@@ -957,72 +973,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8.Name the country other than India whose Independence day falls on</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘15(th)August</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Pakisthan</w:t>
@@ -1099,57 +1118,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9.Who issued the “Kudal Manikkam”Temple Inscription?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Kulasekhara Alwar</w:t>
@@ -1226,57 +1247,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10.’Palakkadu Fort’ was built by</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Tippu Sulthan</w:t>
@@ -1353,57 +1376,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">11.Kandathil Varghese Mappilai is associated with</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Malayala Manorama*</w:t>
@@ -1480,57 +1505,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">12.The ruler who was known as “Padmanabhadasa”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sakthan Thampuran</w:t>
@@ -1607,57 +1634,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">13.The founder of ‘Admavidyasangham”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Vagbhadananda*</w:t>
@@ -1734,57 +1763,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14.The author of the book”Malayavilasam”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Kerala Varma Valiyakoyi Thampuran</w:t>
@@ -1861,57 +1892,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">15.When was “Sadhujana Paripalana Sangham”formed?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1903</w:t>
@@ -1988,57 +2021,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">16.Our Lok Sabha speaker is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sumitra Mahajan*</w:t>
@@ -2115,57 +2150,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">17.Name the proposed capital of Andhra Pradesh</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Amaravati*</w:t>
@@ -2242,57 +2279,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">18.Which Brazilian player was called as the “White Pele”?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ronald Regan</w:t>
@@ -2369,72 +2408,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">19.Who won the best female play back singer at the ‘62(nd)National Film</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Awards?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.K.S.Chithra</w:t>
@@ -2511,57 +2553,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">20.In which year malala Yousafsai won the Nobel Peace Prize?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2013</w:t>
@@ -2638,57 +2682,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">21.A permanent finish is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Mercerizing*</w:t>
@@ -2765,57 +2811,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">22.Leuco Vat dye is dissolved using</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sodium Chloride</w:t>
@@ -2892,57 +2940,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">23.A natural polyamide fiber is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cotton</w:t>
@@ -3019,57 +3069,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">24.A hank of cotton yarn consists of ---------yards</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1440</w:t>
@@ -3146,57 +3198,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">25.---------is one of the primary motions of the loom.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Take-up</w:t>
@@ -3273,57 +3327,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">26.Kier boiling is done on-----</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cotton*</w:t>
@@ -3400,57 +3456,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">27.Half pound of 20 s cotton yarn cotain----------hanks</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.20</w:t>
@@ -3527,57 +3585,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">28.To enable the printer to make correct registration of the block on the cloth----are often fixed round the sides of the block.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Leather strips</w:t>
@@ -3654,57 +3714,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">29.-------is a hygroscopic agent used in printing paste.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Calcium chloride</w:t>
@@ -3781,57 +3843,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">30.Sensitising solution is used in the preparation of -----for printing</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Screen*</w:t>
@@ -3890,57 +3954,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">31.The length of one lea of yarn is-------yards</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.100</w:t>
@@ -4017,72 +4083,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">32.---------is the process of forming the fabric by interlacing two group of threads</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">at right angle with each other.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Spinning</w:t>
@@ -4141,57 +4210,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">33.--------is a pretreatment for printing of cotton</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Scouring*</w:t>
@@ -4268,72 +4339,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">34.In a four colour printing using blocks a minimum of ---------number of blocks</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">are required.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.4*</w:t>
@@ -4410,57 +4484,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">35.Minimum number of healds required to weave a plain weave is-----</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.4</w:t>
@@ -4537,57 +4613,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">36.Draw frame is a ---------machinery </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Weaving</w:t>
@@ -4664,57 +4742,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">37.Twill weave requires a minimum of ------shedding tappets</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.6</w:t>
@@ -4791,72 +4871,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">38.The process of preparation of Cocoon from the egg of the silk worm is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">termed as----------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Rearing</w:t>
@@ -4933,72 +5016,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">39.-------dyes are generally prepared by thionation of aromatic hydro carbons</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">containing hydroxyl,nitro and amino groups</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Acid</w:t>
@@ -5075,57 +5161,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">40.Crank shaft is employed in---------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Handloom</w:t>
@@ -5202,57 +5290,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">41.---------is used as a thickening agent in the printing paste.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Gum Tragacanth*</w:t>
@@ -5329,57 +5419,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">42.---------is the process of removing protruding fibers from the yarmn.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Scouring</w:t>
@@ -5456,57 +5548,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">43.The first process in the application of vat dye is-----</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Oxidation</w:t>
@@ -5583,72 +5677,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">44.Sulphur dyes are converted into water soluble leuco forms by treatment with</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dilute aqueous-----</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sodium carbonate</w:t>
@@ -5725,57 +5822,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">45.The unit of micronaire value of a fibre is------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Centimeter</w:t>
@@ -5852,57 +5951,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">46.The function of urea in the printing paste of direct dye is------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Solvent*</w:t>
@@ -5979,57 +6080,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">47.----------printing is a resist style printing</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Batik*</w:t>
@@ -6086,64 +6189,66 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Stencil</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">48.Solublised vat dyes are-------salts of sulphuric acid esters of leuco vat dyes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Calcium</w:t>
@@ -6220,57 +6325,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">49.Procion yellow is a ---------class of dye</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Azoic</w:t>
@@ -6347,57 +6454,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">50.Traveler is used in-----</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Draw frame</w:t>
@@ -6474,57 +6583,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">51.De-sizing is a -----process</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Dyeing</w:t>
@@ -6601,57 +6712,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">52.--------is an universal bleaching agent</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000133">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Bleaching powder</w:t>
@@ -6710,57 +6823,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">53.Squeegee is used in------------printing</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Screen*</w:t>
@@ -6837,57 +6952,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">54.The main constituent of cotton fiber is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cellulose*</w:t>
@@ -6964,57 +7081,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">55.Indigo belongs to---class of dyes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sulphur</w:t>
@@ -7091,57 +7210,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000149">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">56.The bleaching of cotton is done to remove</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Oils and waxes</w:t>
@@ -7218,57 +7339,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">57.Degumming is done on</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000150">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cotton</w:t>
@@ -7345,72 +7468,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">58.--------are used to link the shapes to the main stencil,while cutting a perfect</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">circle or a complete outline on a stencil</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000156">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Notches</w:t>
@@ -7487,72 +7613,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">59.To increase the washing fastness of cotton dyed with direct dyes it is after</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">treated with</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Copper salts</w:t>
@@ -7629,57 +7758,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000161">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">60.Knowles balance is used to determine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000162">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Strength of  yarn</w:t>
@@ -7756,57 +7887,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000167">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">61.The function of the crank in the crank shaft of the loom is to perform</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000168">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Shedding</w:t>
@@ -7883,57 +8016,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">62.The picking tappet of a power loom is fixed on</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Crank shaft</w:t>
@@ -8010,57 +8145,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000173">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">63.For a straight draft lifting plan will be same as</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Draft</w:t>
@@ -8137,57 +8274,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">64.Cotton dyed with direct dyes are topped with basic dyes to improve the </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Washing fastness</w:t>
@@ -8264,57 +8403,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">65.---------dye is called as ice colours.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000180">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Azoic*</w:t>
@@ -8391,57 +8532,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">66.For the application of basic dyes on cotton this process is essential</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Mordanting*</w:t>
@@ -8518,57 +8661,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">67.Profilm method is one of the method used to develop------for printing</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Blocks</w:t>
@@ -8645,57 +8790,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000191">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">68.The function of doctor blade in roller printing is to</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000192">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Give pressure to the roller</w:t>
@@ -8772,57 +8919,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000197">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">69.The least size of ordinary honey comb weave is on ------threads</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000198">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.4</w:t>
@@ -8899,72 +9048,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">70.The class of dyes which are formed from to components usually referred to</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">as naphthols and bases</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Dispersed dyes</w:t>
@@ -9041,57 +9193,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">71.An example for a water insoluble dye is -----dyes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Vat*</w:t>
@@ -9168,57 +9322,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">72.The function of common salt in the dye bath of direct dyes on cotton is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.As an exhausting agent*</w:t>
@@ -9295,57 +9451,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">73.Cork screw weaves are produced by rearranging threads of a regular---weave</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Twill*</w:t>
@@ -9422,57 +9580,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">74.The treatment that follows printing are termed</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Successor process</w:t>
@@ -9549,72 +9709,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">75.The transverse group of threads running from one selvedge to the other in a</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">cloth is termed</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Pile</w:t>
@@ -9691,57 +9854,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">76.An example for a bast fiber is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Wool</w:t>
@@ -9818,57 +9983,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">77.The coarsest yarn given is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.30s</w:t>
@@ -9945,57 +10112,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">78.Flyer is employed in------machine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Drawing</w:t>
@@ -10072,72 +10241,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">79.This is the process of twisting together two or more silk filaments into a</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">single yarn</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Reeling</w:t>
@@ -10214,72 +10386,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">80.Reactive dyes containing two chlorine atoms in the chlorotriazine ring are</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">termed as------reactive dyes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cold brand*</w:t>
@@ -10356,57 +10531,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">81.Clip stenter is a --------machine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Dyeing</w:t>
@@ -10483,57 +10660,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">82.The main constituent of wool fibre is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Keratin*</w:t>
@@ -10610,57 +10789,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">83.------is used as a mordant for dyeing cotton with basic dyes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Tanic acid*</w:t>
@@ -10737,57 +10918,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">84.The staple length of cotton fiber will be in the range of------inches</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.15-20</w:t>
@@ -10864,57 +11047,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">85.This is a yarn producing machine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Loom</w:t>
@@ -10994,50 +11179,51 @@
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">86.The botanical name of cotton plant is</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Oriza setiva</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
@@ -11101,57 +11287,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000202">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">87.Acid dyes are mainly applied on </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000203">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cotton</w:t>
@@ -11210,57 +11398,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000207">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">88.Cotton dyed with sulphur black are tendered because of the presence of------on dyed goods</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000208">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Chlorine</w:t>
@@ -11337,57 +11527,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">89.A 5% shade means</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.5 g dye dissolved 100 ml water</w:t>
@@ -11464,57 +11656,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000213">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">90.---------is one of the secondary motions of the loom</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000214">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Shedding</w:t>
@@ -11591,57 +11785,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000219">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">91.The total volume of liquor to be used for dyeing 25 kg of material with an M:L ratio of 1:20 is----</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.500 liters*</w:t>
@@ -11718,57 +11914,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">92.Loom speed is 300 rpm then the picks/minute is-------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000220">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.150</w:t>
@@ -11845,57 +12043,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000225">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">93.Gum Arabic used as a----in the printing paste</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000226">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Wetting agent</w:t>
@@ -11972,72 +12172,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">94.Commercial sodium hypochlorite solution generally contain----%of available</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chlorine.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.5-7</w:t>
@@ -12114,57 +12317,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000231">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">95.----------is an after treatment for printed cloth</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000232">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Texturising</w:t>
@@ -12241,57 +12446,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000237">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">96.An example for a natural protein fiber is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000238">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cotton</w:t>
@@ -12368,57 +12575,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">97.The lea tester is used to determine-----of yarn</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Evenness</w:t>
@@ -12495,57 +12704,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000243">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">98.The pH of peroxide bleaching is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000244">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.13-15</w:t>
@@ -12622,57 +12833,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000249">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">99.Anti-shrink finish is given by </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Embossing</w:t>
@@ -12749,72 +12962,75 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">100.20 kg of cloth has to be dyed with 2% shade the amount of dye stuff to</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">be taken is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000250">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.400g*</w:t>
@@ -12917,210 +13133,220 @@
   <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000257">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000258">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="720" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.FACEBOOK.COM/EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> ,IF YOU SHARE TO YOUR FRIENDS.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000255">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="720" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000256">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">THANKS FOR YOUR SUPPORT.VISIT </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -13128,163 +13354,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/EXAMCHOICES.IN" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.examchoices.in" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>