--- v0 (2025-10-11)
+++ v1 (2025-12-04)
@@ -1,68 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:before="460" w:line="252.00000000000003" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ox6z0236d0r5" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Webpage for a Purpose - Project Rubric</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -104,198 +107,208 @@
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Key Concept</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Extensive Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Convincing Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Limited Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -1401,50 +1414,51 @@
       <w:pgMar w:bottom="1440" w:top="180" w:left="720" w:right="720" w:header="0" w:footer="0"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Ubuntu">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
     <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr/>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
@@ -1464,148 +1478,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">