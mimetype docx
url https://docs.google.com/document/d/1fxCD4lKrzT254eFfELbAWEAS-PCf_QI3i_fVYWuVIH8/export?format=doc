--- v0 (2025-10-16)
+++ v1 (2025-12-11)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -34,101 +35,107 @@
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PSC EXAM CALENDER OCTOBER 2015</w:t>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.01/10/2015 Thursday 07.30 AM to 08.15 AM </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:424/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(SR FOR SC/ST ONLY)VARIOUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -183,101 +190,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 17/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.01/10/2015 Thursday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:580/2012</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LECTURER IN MALAYALAM COLLEGIATE EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mode of Examination:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.(Medium of Questions:Part I to VII-Malayalam &amp; VIII to X-English)</w:t>
       </w:r>
     </w:p>
@@ -292,101 +305,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 17/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.01/10/2015 Thursday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:576/2012</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LECTURER IN HINDI COLLEGIATE EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mode of Examintaion: An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.(Medium of Questions:Part I to VII-Hindi &amp; VIII to X-English)</w:t>
       </w:r>
     </w:p>
@@ -401,122 +420,129 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 17/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.03/10/2015 Saturday 09.30 AM to 11.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:675/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRADESMAN-SMITHY(FORGING &amp; HEAT TREATING)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TECHNICAL EDUCATION</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -576,569 +602,607 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from  19/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5.03/10/2015 Saturday 01.30 PM to 03.05 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:293/2012</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">STENO TYPIST</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FOAM MATTING(INDIA)LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 19/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6.03/10/2015 Saturday 01.30 PM to 03.05 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:192/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(NCA NOTIFICATION)VARIOUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 19/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7.03/10/2015 Saturday 01.30 PM to 03.05 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:193/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(NCA NOTIFICATION)VARIOUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 19/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8.03/10/2015 Saturday 01.30 PM to 03.05 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:194/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(NCA NOTIFICATION)VARIOUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 19/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9. 03/10/2015 Saturday 01.30 PM to 03.05 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:497/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(NCA NOTIFICATION)VARIOUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 19/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10. 03/10/2015 Saturday 01.30 PM to 03.05 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:608/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(NCA NOTIFICATION)VARIOUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:DICTATION TEST</w:t>
       </w:r>
     </w:p>
@@ -1193,101 +1257,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 19/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">11.06/10/2015 Tuesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:430/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SITE ENGINEER GRADE II KERALA STATE FILM DEVELOPMENT CORPORATION LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -1342,101 +1412,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 22/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">12.07/10/2015 Wednesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:120/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LABORATORY TECHNICAL ASSISTANT-PRINTING TECHNOLOGY VOCATIONAL HIGHER SECONDARY EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -1511,101 +1587,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 23/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">13.08/10/2015 Thursday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:643/2014 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">BIO CHEMIST PHARMACEUTICAL CORPORATION (IM)KERALA LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -1680,348 +1762,372 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 25/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14.08/10/2015 Thursday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:121/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LEGAL ASSISTANT GRADE II</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Direct Recruitment)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LAW DEPARTMENT(GOVERNMENT SECRETARIAT)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 25/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">15.08/10/2015 Thursday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:122/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LEGAL ASSISTANT GRADE II(By Transfer from any category in any Department under the Govt.or in the service of High Court of Kerala)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LAW DEPARTMENT(GOVERNMENT SECRETARIAT)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 25/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">16.08/10/2015 Thursday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:123/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LEGAL ASSISTANT GRADE II</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(By transfer from any other category in Kerala secretariat subordinate service)</w:t>
       </w:r>
     </w:p>
@@ -2196,101 +2302,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 25/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">17.09/10/2015 Friday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:680/2014 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRADESMAN-COMPUTER HARDWARE MAINTENANCE TECHNICAL EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -2365,124 +2477,132 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 25/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">18.10/10/2015 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:173/2015 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FIREMAN(TRAINEE)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FIRE &amp; RESCUE SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test (OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -2557,101 +2677,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 26/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">19.13/10/2015 Tuesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:216/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LABORATORY TECHNICIAN GRADE II INDIAN SYSTEMS OF MEDICINE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -2726,190 +2852,202 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 29/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">20.13/10/2015 Tuesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:340/2012</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">STORES/PURCHASE OFFICER(Part I-General Category)KERALA CO-OPERATIVE MILK MARKETING FEDERATION LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 29/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">21.13/10/2015 Tuesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:341/2012</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">STORES/PURCHASE OFFICER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Part II-Society Category-Direct Recruitment from eligible employees of the member societies affiliated to Kerala Co-operative Milk Marketing Federation Limited)</w:t>
       </w:r>
     </w:p>
@@ -3024,101 +3162,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 29/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">22.14/10/2015 Wednesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:431/2014 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OVERSEER,KERALA STATE CASHEW DEVELOPMENT CORPORATION LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post</w:t>
       </w:r>
     </w:p>
@@ -3173,101 +3317,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 30/09/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">23.15/10/2015 Thursday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:62/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DRAFTSMAN GRADE I/TOWN PLANNING SURVEYOR GRADE I TOWN &amp; COUNTRY PLANNING</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -3342,101 +3492,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 01/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">24.16/10/2015 Friday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:412/2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DTP OPERATOR GRADE II PRINTING</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -3531,368 +3687,392 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">25.17/10/2015 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:683/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TELEPHONE OPERATOR</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Part I-Direct Recruitment)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DISTRICT CO-OPERATIVE BANK</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">26.17/10/2015 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:684/2014 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TELEPHONE OPERATOR</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(Part II-Direct Recruitment from eligible employees of member societies/primary cooperative societies affiliated to the Palakkad District Co-operative Bank)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DISTRICT CO-OPERATIVE BANK</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">27.17/10/2015 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:175/2015 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TELEPHONE OPERATOR MUNICIPAL COMMON SERVICE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
     </w:p>
@@ -3987,101 +4167,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">28.20/10/2015 Tuesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:116/2014 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LABORATORY TECHNICAL ASSISTANT –MAINTENANCE &amp; REPAIRS OF AUTOMOBILES VOCATIONAL HIGHER SECONDARY EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test (OMR Valuation)based on the qualification prescribed for the post</w:t>
       </w:r>
     </w:p>
@@ -4136,101 +4322,107 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 06/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">29.21/10/2015 Wednesday 07.30 AM to 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:11/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PHARMACIST GRADE II HEALTH SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post</w:t>
       </w:r>
     </w:p>
@@ -4305,136 +4497,145 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 07/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">30.27/10/2015 Tuesday 07.30 AM to 09.15 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:674/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRADESMAN-CARPENTRY TECHNICAL EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SYLLABUS:AN OBJECTIVE TYPE TEST(OMR VALUATION) BASED  ON THE QUALIFICATION PRESCRIBED FOR THE POST.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:smallCaps w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
@@ -4502,104 +4703,110 @@
         <w:rPr>
           <w:smallCaps w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DOWNLOAD ADMISSION TICKETS FROM 13/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">31.28/10/2015 WEDNESDAY 07.30 AM TO 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:553/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JUNIOR INSTRUCTOR(MECHANIC MOTOR VEHICLE)INDUSTRIAL TRAINING</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:smallCaps w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
@@ -4667,104 +4874,110 @@
         <w:rPr>
           <w:smallCaps w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DOWNLOAD ADMISSION TICKETS FROM 14/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">32.29/10/2015 THURSDAY 07.30 AM TO 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:105/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ASSISTANT ENVIRONMENTAL OFFICER ENVIRONMENT &amp; CLIMATE CHANGE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:smallCaps w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
@@ -5016,104 +5229,110 @@
         <w:rPr>
           <w:smallCaps w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DOWNLOAD ADMISSION TICKETS FROM 15/10/2015</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">33.30/10/2015 FRIDAY 07.30 AM TO 09.15 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:624/2014</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:smallCaps w:val="1"/>
-[...4 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:smallCaps w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ASSISTANT DIRECTOR OF FISHERIES(ZONAL)FISHERIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:smallCaps w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="1"/>
           <w:rtl w:val="0"/>
@@ -5769,199 +5988,206 @@
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId6" w:type="default"/>
       <w:footerReference r:id="rId7" w:type="default"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="720" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">MORE FILES DOWNLOAD VISIT </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1155cc"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HTTP://WWW.WISHYOUONLINE.BLOGSPOT.COM</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="720" w:line="240" w:lineRule="auto"/>
       <w:rPr/>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1155cc"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HTTP://WWW.FACEBOOK.COM/WISHYOUONLINE</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> ,SHARE TO YOUR FRIENDS PLEASE MAY HELP THEM.</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -5969,163 +6195,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wishyouonline.blogspot.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/WISHYOUONLINE" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>