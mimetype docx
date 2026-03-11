--- v0 (2025-10-12)
+++ v1 (2026-03-11)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
@@ -112,194 +113,206 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="333333"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">En la ciudad de Santiago de Cali., República de Colombia, a los (    ) días del mes de _______________ del año dos mil veinticuatro (2025). Yo, </w:t>
+        <w:t xml:space="preserve">En la ciudad de Santiago de Cali., República de Colombia, a los (    ) días del mes de _______________ del año dos mil veintiséis (2026). Yo, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="333333"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">______________________________, </w:t>
+        <w:t xml:space="preserve">______________________________               ,</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="333333"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">identificado (a) con la cédula de ciudadanía No. ___________________ de _________________, en mi calidad de postulante para participar en la convocatoria de referencia, manifiesto BAJO LA GRAVEDAD DEL JURAMENTO, que mi </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">lugar de residencia se encuentra ubicado en la dirección </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________, barrio _________________, de la comuna _____ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">de la ciudad de Santiago de Cali, departamento del Valle del Cauca; y soy vecino(a) del municipio de Santiago de Cali, desde hace _____ años y _____ meses.. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Para constancia se firma en</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Santiago de Cali, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">el día</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
-          <w:rtl w:val="0"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">de __________ de 2025.</w:t>
+          <w:iCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de __________ de 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="ffffff" w:val="clear"/>
         <w:spacing w:after="150" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Cordialmente,</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="ffffff" w:val="clear"/>
         <w:spacing w:after="150" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
@@ -465,180 +478,196 @@
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1417" w:top="1417" w:left="1701" w:right="1701" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...1 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
@@ -1088,50 +1117,51 @@
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>