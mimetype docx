--- v0 (2025-10-16)
+++ v1 (2026-02-19)
@@ -1,68 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distB="0" distT="0" distL="0" distR="0">
                 <wp:extent cx="1640205" cy="375285"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:docPr id="2" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="3" name="Shape 3"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4530660" y="3597120"/>
                           <a:ext cx="1630680" cy="365760"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
@@ -203,215 +205,227 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Your 5 step guide to making an in-year application for a Voluntary Aided School, Free School or Academy for the 2024/2025 school year</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 1 – Think about why you are applying to change schools</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="850" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Have you moved house? If yes, go to Step 2.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="850" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If no, we strongly recommend that you discuss any issues or concerns that you have with your child’s current school before you move onto Step 2.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -434,358 +448,378 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Visit the school(s), look at their prospectus or website.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Look at their admissions oversubscription criteria to see how your application would be prioritised if there are limited places at the school, online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/admissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 3 – Think about how you will get your child to school</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We will provide Suffolk County Council (SCC) funded school travel to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nearest Suitable School</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> that would have had a place available for your child when they meet the statutory walking distance criteria from their home address. This would be whether or not an application was made for a place at that school. Please see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 8</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Guidance Notes in this application form for further information.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We will only provide SCC funded school travel to your child’s catchment area school when it is the nearest suitable school to their home that would have had a place available for them and they meet the distance criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_30j0zll" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">It is important that you check which school is your child’s nearest suitable school on our </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Nearest School Checker</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. You can find out which are the three nearest Suffolk schools (based on the statutory walking distance including Public Rights of Way) by putting your child’s postcode into the Checker which can be found at </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -796,108 +830,111 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="4472c4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We update this each year to include new roads and developments.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">School Preferences </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">and the order in which you put them on your admissions application could affect your child’s eligibility for SCC funded school travel. Our </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">School Travel Scenarios</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> can help you work out when your child might be eligible for SCC funded school travel to their school when the age and distance criteria are met. These can be found in Step 4 of the relevant school year online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
@@ -912,363 +949,388 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="40" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 4 – Check the availability of school places</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ask the relevant school for information on the availability of places in your child’s year group.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note: You can still apply for a place at the school even if the year group is full or oversubscribed.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If the school is unable to offer your child a place, they </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">must</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> inform you of your legal right to appeal. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="40" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="40" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -1277,190 +1339,202 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Check with the school to see if they have their own application form that they would like you to complete or complete and return the ADM1 application form directly to the school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Attach any supporting evidence with your application form as well as any Supplementary Information Form (SIF) if required. You will need to contact the individual school directly for details of what evidence, if any, is needed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="40" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="40" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1496,50 +1570,51 @@
         <w:t xml:space="preserve"> for the 2024/2025 school year or contact the Admissions Team on 0345 600 0981 (local rate).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distB="0" distT="0" distL="0" distR="0">
                 <wp:extent cx="1640205" cy="375285"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:docPr id="1" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="2" name="Shape 2"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4530660" y="3597120"/>
                           <a:ext cx="1630680" cy="365760"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
@@ -1666,491 +1741,524 @@
                       <a:ext cx="1511935" cy="464185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="2" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Guidance notes for making an in-year application for a Voluntary Aided School, Free School or Academy for the 2024/2025 school year</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="2" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please use this form to apply for a school place when you wish your child to change school outside the normal year of entry for a voluntary aided, free school or academy. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> You can still apply for a place at a school even if the year group is full or oversubscribed. If the school is unable to offer your child a place, they </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">must</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> inform you of your legal right to appeal. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you wish to apply for a community or voluntary controlled school please fill in a CAF2 application form available online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/admissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">or contact the Admissions Team for a copy on 0345 600 0981.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you wish to apply for a place in the normal year of entry you should complete a CAF1 application form.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="564" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
@@ -2318,168 +2426,182 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Timescales</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The school should aim to notify you of the outcome of your application in writing within 10 school days of receiving it. However, they </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">must</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> notify you in writing of the outcome </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">within 15 school days</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="100" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -2497,703 +2619,759 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 1 – Children with an Education, Health and Care (EHC) plan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If your child has an EHC plan, then this will need to be amended to specify the name of their new school. Please contact the relevant Family Services Team who will be able to advise and support if you have any questions about the process:  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="850" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">North: 01502 521516 or </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">SENDLW@suffolk.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="850" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">South:  01473 260670 or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">SENDSS@suffolk.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="850" w:right="0" w:hanging="425"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">West: 01284 741234 or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">SENDWS@suffolk.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 2 – Children in care (looked after children)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A ‘child in care’ or a ‘looked after child’ is a child who is (a) in the care of a local authority, or (b) being provided with accommodation by a local authority in the exercise of their social services functions (see the definition in Section 22(1) of the Children Act 1989).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 3 – Children previously in care (previously looked after children)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Children previously in care (children who were looked after,</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">but ceased to be so because they were adopted, or became subject to a child arrangements order or special guardianship order, immediately following having been looked after). You </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">must</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide evidence with your application that your child was previously in care in the form of an adoption, child arrangements or special guardianship order if you want this to be taken into consideration when ranking your application.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_3znysh7" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 4 – Children adopted from state care outside of England</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A child is regarded as having been in state care outside of England if they were in the care of</w:t>
@@ -3265,154 +3443,164 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 5 – Child’s current address/moving address</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please give your child’s current address. If your child lives at two or more addresses, or if you are planning to move house and you want your future address to be the one considered as part of your application, please check the school’s individual policy for information on what evidence, if any, you need to provide.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_2et92p0" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are a UK service personnel family with a confirmed posting, or a crown servant family returning from overseas, places may be offered in advance of the move provided the application is accompanied by an official letter that declares a relocation date. Evidence of a future address may also be required. A Unit or quartering address can be used if requested. Please contact the school for further details.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:after="0" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -3503,452 +3691,481 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 7 – Definition of parent</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">For the purposes of education law, section 576 of the Education Act 1996 defines a 'parent' as:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">all natural (biological) parents, whether they are married or not</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">any person who, although not a natural parent, has parental responsibility for a child or young person (this could be a step-parent, guardian or other relative)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">any person who, although not a natural parent, has care of a child or young person.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A person has care of a child or young person if they are the person with whom the child lives and who looks after the child, irrespective of what their relationship is with the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 8 – School Travel Policy (further to Step 3 on the first page of this document)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SCC funded school travel will be provided to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nearest Suitable School</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> that would have had a place available for your child when they are: a) aged under 8 and live more than two miles from the school; or b) aged 8 or older and live more than three miles from the school. This would be whether or not an application was made for a place at that school. The distance in a) and b) above is called the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">statutory walking distance</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -4063,288 +4280,309 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 9 – Supplementary Information Form (SIF)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You may also need to complete a SIF for a voluntary aided, free school or academy. Please check the school’s individual policy to confirm if this is a requirement. These are available from the school, the school’s website, online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/admissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">or by contacting the Admissions Team on 0345 600 0981. The SIF needs to be filled in and taken or sent to the school. You will need to tick the box on the application form to confirm you have done this. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What to do next if your child is refused a place at your preferred school</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If the school is unable to offer your child a place and you would like more information on what to do next, please contact the Admissions Team on 0345 600 0981. Alternatively, more information is available online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/admissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distB="0" distT="0" distL="0" distR="0">
                 <wp:extent cx="1640205" cy="375285"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:docPr id="3" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="4" name="Shape 4"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="4530660" y="3597120"/>
                           <a:ext cx="1630680" cy="365760"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="dk1"/>
@@ -4526,110 +4764,115 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="312" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distB="0" distT="0" distL="0" distR="0">
                 <wp:extent cx="6917055" cy="1821815"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:docPr id="5" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="6" name="Shape 6"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="1895410" y="2877030"/>
@@ -4870,113 +5113,117 @@
                           <a:ext cx="6917055" cy="1821815"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please print in capital letters</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="100" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Child’s details</w:t>
         <w:tab/>
         <w:tab/>
       </w:r>
     </w:p>
@@ -5256,50 +5503,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Does your child have an Education, Health and Care (EHC) plan? (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 1</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">): Yes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5367,50 +5615,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Is the child in care (looked after child)? (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">):</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:cs="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
@@ -5481,50 +5730,51 @@
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Was your child previously in care? (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">):</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
@@ -5559,50 +5809,51 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_tyjcwt" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">must</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide evidence with your application that your child was previously in care in the form of an adoption, child arrangements or special guardianship order if you want this to be taken into consideration when ranking your application. Please tick this box to confirm you have attached evidence: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5652,50 +5903,51 @@
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Was your child adopted from state care outside of England? (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 4</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">):</w:t>
         <w:tab/>
         <w:t xml:space="preserve">   Yes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
@@ -5845,50 +6097,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Child’s current address (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 5</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
@@ -6015,165 +6268,172 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="100" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Other details – if you are moving house please fill in these boxes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
       <w:pPr>
@@ -6182,50 +6442,51 @@
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="5529"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you want your future address to be the one used to allocate a school place, please check the school’s individual policy for information on what evidence, if any, you need to provide, see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 5</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="5529"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
@@ -6257,96 +6518,99 @@
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="6237"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_3dy6vkm" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of move: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="6237"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please tick this box to confirm if you have attached evidence of your child’s new address: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -6392,50 +6656,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Are you a UK service personnel or a crown servant family? (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 5</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
@@ -6470,82 +6735,84 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Are you privately fostering this child? (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 6</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
         <w:tab/>
         <w:t xml:space="preserve"> Yes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
@@ -6580,92 +6847,95 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="100" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicant’s details – parent/carer (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">see</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Note 7)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="5529"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6747,417 +7017,449 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="5387"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Last name: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Relationship to child: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Telephone number: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Email address: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
@@ -7267,210 +7569,224 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Suffolk County Council’s Privacy Notice is available at </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/CYPprivacynotice</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. This privacy notice tells you what information Children's Services collects and uses, and your rights regarding your information. You can request a paper copy by contacting us on 0345 600 0981.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -7703,100 +8019,105 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">When would you like your child to start at your preferred school:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
         <w:tab/>
@@ -7836,302 +8157,320 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:before="100" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">School preference: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Your child cannot be guaranteed a place at any school </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please see</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Note 8 on School Travel</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
       <w:pPr>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8203,1500 +8542,1610 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="5954"/>
           <w:tab w:val="left" w:leader="none" w:pos="6237"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sibling’s name: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Sibling’s date of birth: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">It is important that you provide this information because it can affect your child’s priority or offer of a school place. You should check the definition of sibling for the school you are applying for. This can be found in a school’s individual policy which is available from the school, on the school’s website or online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/admissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reasons</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You can add the reasons for your preference if you want to. However, the admissions authority is only able to take these reasons into account if they have a direct bearing on how your application is ranked against the relevant published oversubscription criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete this section where relevant:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tick this box to confirm you have attached, taken or sent a Supplementary Information Form (SIF) to the school, where required (see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 9</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:cs="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">☐</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Parental Declaration (MUST be completed):</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I confirm that I have read the guidance notes attached to this application form and the relevant information for the 2024/2025 school year online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/admissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> or contacted the School or the Admissions Team. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I have read the School Travel Policy and understand how eligibility for Suffolk County Council funded school travel will be decided. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I also confirm that the information I have given on this form is true and that I am a parent of this child as defined under section 576 of the Education Act 1996, please see </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note 7</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="7938"/>
           <w:tab w:val="left" w:leader="none" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Parent/Carer’s signature: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:fill="d9d9d9" w:val="clear"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Where to send this form:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send this form directly to the school you are applying for. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Contact details can be found online at </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.suffolk.gov.uk/admissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you send this form in the post, we strongly suggest that you get proof of postage.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="426" w:top="284" w:left="567" w:right="566" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
@@ -9827,50 +10276,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
@@ -10379,231 +10829,241 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:color="000000" w:space="1" w:sz="6" w:val="single"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nearestschool.suffolk.gov.uk/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/CYPprivacynotice" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nearestschool.suffolk.gov.uk/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SENDSS@suffolk.gov.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SENDLW@suffolk.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/privatefostering" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SENDWS@suffolk.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolkonboard.com/schooltravel" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.suffolk.gov.uk/admissions" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/QuattrocentoSans-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/QuattrocentoSans-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/QuattrocentoSans-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/QuattrocentoSans-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>