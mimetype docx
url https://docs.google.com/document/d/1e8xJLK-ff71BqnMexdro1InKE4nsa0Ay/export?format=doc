--- v0 (2025-10-17)
+++ v1 (2026-03-04)
@@ -1,590 +1,630 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">REQUERIMENTO DE APROVEITAMENTO DE </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="40" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EXAME DE PROFICIÊNCIA EM LÍNGUA ESTRANGEIRA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">À Coordenação do Programa de Pós-Graduação em Ciências da Linguagem - PPCL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Eu, _______________________________________, aluno/a regular do Curso de Mestrado do PPCL, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Matrícula nº ____________, Turma_____,</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> venho, mui respeitosamente, requerer aproveitamento do Exame de Proficiência em Língua Estrangeira, realizado </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">pela</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Instituição ________________________________________, em _____/____/_____, obtendo aprovação, conforme cópia do certificado/declaração em anexo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mossoró/RN, ____ de _____________ de _______.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9029.0" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
@@ -623,103 +663,109 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">____________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="258" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -730,210 +776,224 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assinatura do</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(a)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Aluno(a)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">___________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="106" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
@@ -941,887 +1001,924 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Assinatura </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">do(a) Coordenador(a)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Anexar:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1) Cópia do certificado/declaração de aprovação.</w:t>
       </w:r>
-    </w:p>
-[...30 lines deleted...]
-      </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:br w:type="textWrapping"/>
-[...4 lines deleted...]
-        <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId7" w:type="default"/>
       <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
-      <w:pgMar w:bottom="1440" w:top="850" w:left="1440" w:right="1440" w:header="709" w:footer="720"/>
+      <w:pgMar w:bottom="1440" w:top="2409.448818897638" w:left="1440" w:right="1440" w:header="709" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial MT"/>
   <w:font w:name="Libre Franklin Thin">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
     <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Libre Franklin Thin" w:cs="Libre Franklin Thin" w:eastAsia="Libre Franklin Thin" w:hAnsi="Libre Franklin Thin"/>
         <w:color w:val="1f497d"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Libre Franklin Thin" w:cs="Libre Franklin Thin" w:eastAsia="Libre Franklin Thin" w:hAnsi="Libre Franklin Thin"/>
         <w:color w:val="1f497d"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>3294705</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>612064</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="886138" cy="390943"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="5" name="image1.png"/>
+          <wp:docPr id="6" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="886138" cy="390943"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:drawing>
+        <wp:anchor allowOverlap="1" behindDoc="1" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>114300</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>114300</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="772478" cy="824672"/>
+          <wp:effectExtent b="0" l="0" r="0" t="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="5" name="image1.jpg"/>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic>
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="image1.jpg"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2"/>
+                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="772478" cy="824672"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect"/>
+                  <a:ln/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="106.86614173228509"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="1f497d"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Programa de Pós-Graduação</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="106.86614173228509"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="1f497d"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:color w:val="1f497d"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">em Ciências da Linguagem</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="106.86614173228509"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="1f497d"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="329.0078740157496"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="1f497d"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="329.0078740157496"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="1f497d"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:right="329.0078740157496"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="1f497d"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="14.399999999999999" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial MT" w:cs="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4252"/>
         <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="120" w:before="400" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="120" w:before="360" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="80" w:before="320" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="80" w:before="280" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="80" w:before="240" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="80" w:before="240" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="60" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat w:val="1"/>
     <w:rsid w:val="00A102C5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="normal0"/>
     <w:next w:val="normal0"/>
     <w:rsid w:val="002E2B64"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="400"/>
       <w:outlineLvl w:val="0"/>
@@ -2051,87 +2148,83 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="320" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LibreFranklinThin-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LibreFranklinThin-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LibreFranklinThin-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/LibreFranklinThin-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>