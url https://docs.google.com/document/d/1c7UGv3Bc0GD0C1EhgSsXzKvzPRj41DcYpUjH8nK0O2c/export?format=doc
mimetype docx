--- v0 (2026-01-05)
+++ v1 (2026-02-24)
@@ -194,56 +194,56 @@
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:left="-4.199999999999591" w:right="424.1999999999996" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="508000" cy="508000"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image1.png"/>
+                  <wp:docPr id="1" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="508000" cy="508000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2308,56 +2308,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5606796" cy="4340112"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image2.png"/>
+            <wp:docPr id="2" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5606796" cy="4340112"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3246,51 +3246,51 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
       <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/RSA_(cryptosystem)" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JpOnfsr4wZbEUXvpsN_b520NBt8Py6rSwp-uiDCa-VU" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/RSA_(cryptosystem)" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JpOnfsr4wZbEUXvpsN_b520NBt8Py6rSwp-uiDCa-VU" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>