--- v0 (2025-10-03)
+++ v1 (2025-12-09)
@@ -1,104 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SET EXAM PREVIOUS YEAR 2011 SOLVED PAPER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.Which of the following is the international unit of length?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -121,50 +125,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Metre</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -247,50 +252,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.which among the following elements has the smallest atom?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -313,50 +319,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Hydrogen</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -439,50 +446,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.B.O.D. test is for measuring which of the following?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -535,50 +543,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Water pollution</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -631,86 +640,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.The thinnest material in the world</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Graphene</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -823,50 +834,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5.Taj Mahal is threatened due to the presence of------------------in the atmosphere?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -919,50 +931,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Sulphur dioxide</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1015,50 +1028,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6.A book is lying on the table.What is the angle between the actions of the book on the table and the reaction of the table on the book?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1141,50 +1155,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.180 Degree</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1207,50 +1222,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7.The smallest bone in human body is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1273,50 +1289,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Stapes</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1399,86 +1416,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8.The volume of a cylinder of radius ‘r’cm ,and height’h’cm us (pie)r(square)hcm(cube).What is the volume of the cylinder of diameter 4 cm and height 10 cm?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.40(pie)cm(cube)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1591,50 +1610,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9.The houses of a street are numbered with even numbers from 56 to 140.How many houses will be there in  the street?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1657,50 +1677,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.43</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1783,50 +1804,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10.A literacy survey of Bohar village for the age group 15-35,made by college students is given below.From the given table find the total number of illiterate males other than the upper caste.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="8096.999999999999" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="32.999999999999986" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1029"/>
         <w:gridCol w:w="710"/>
@@ -4013,50 +4035,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.2029</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4139,86 +4162,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">12.What is the mode of the observations 25,24,40,37,40,40,24?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.40</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4331,50 +4356,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">13.The first President of Indian National Congress</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4397,50 +4423,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.W.C.Banerjee</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4523,50 +4550,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14.Who was the first woman Governor in India?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4649,50 +4677,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Sarojini Naidu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4715,50 +4744,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">15.Who appoints the Comptroller and Auditor General of India?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4781,50 +4811,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.The President of India</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4907,86 +4938,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">16.Army Day of India is celebrated on which date?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.January 15</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5099,86 +5132,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">17.Which Article of the Constitution of India says,’No child below the age of 14 years shalls be employed to work in any factory or mine or engaged in any other hazardous employment?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Article 24</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5272,50 +5307,51 @@
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">18.According to the Constitution of India,no person shall be eligible for election as Vice-President(of India)unless he has completed the age of-------------years</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5338,50 +5374,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Thirty five</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5464,50 +5501,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">19.Who is known as the Father of Indian Cinema?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5590,50 +5628,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Dada Saheb Phalke</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5656,50 +5695,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">20.The river in the backdrop of the novel God of Small Things</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5722,50 +5762,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Meenachil River</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5848,50 +5889,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">21.The novel written by the Indian English writer ,R.K.Naryan</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5944,50 +5986,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Swami and Friends</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6040,86 +6083,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">22.The musical instrument in which Lalgudi Jayaraman was famous for</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Violin</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6232,50 +6277,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">23.Madhubani painting,whose main practitioners are women,relates to which State?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6328,50 +6374,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Bihar</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6424,50 +6471,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">24.According to Upanishads,the end product of education is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6490,50 +6538,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Salvation</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6616,50 +6665,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">25.Jyotirmoy Dey,who was shot dead in broad day light in Mumbai in June 2011,was a senior correspondent of the daily</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6712,50 +6762,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Mid Day</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6808,73 +6859,76 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">26.The missile Prahaar successfully test-fired by India on 21</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">st</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> July 2011 is a/an</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6957,50 +7011,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Surface-to-Surface Missile</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7023,50 +7078,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">27.What is the time limit prescribed for providing information,if the information sought is a matter of life and liberty of a person,according to the Right to Information Act 2005?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7089,50 +7145,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Within 48 hours from the time of request</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7215,50 +7272,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">28.The number of seats won by UDF in the 2011 Assembly Election of Kerala</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7281,50 +7339,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.72</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7407,109 +7466,113 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">29.In which event did Mayookha Johny from Kerala win the Gold in the 19</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Asian Athletic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Championships held in Japan in July 2011?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7562,50 +7625,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Long Jump</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7658,86 +7722,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">30.What is the literacy rate of Kerala according to Census 2011?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.93.91%</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7850,50 +7916,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">31.Who was selected for J.C.Daniel Award in 2011?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7976,50 +8043,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Navodaya Appachan</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8042,50 +8110,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">32.2G scam,3G scam and KG scam.Of these,KG scam relates to which ministry in the Union Goveronment?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8168,50 +8237,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Ministry of Petroleum and Natural Gas</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8234,86 +8304,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">33.Union Minister for Human Resources Development</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Kapil Sibal</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8426,73 +8498,76 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">34.Lucian Freud,the grandson of the great psychoanalyst ,who died on 20</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> July 2011 was a/an</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8575,50 +8650,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Painter</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8641,50 +8717,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">35.Which district in Kerala has the largest number of Local Self Government Institutions?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8737,50 +8814,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Malappuram</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8833,86 +8911,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">36.Bangladesh honoured the former Prime Minister of India,Indira Gandhi,Posthumously with</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000102">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Swadhinata Sammanona</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9025,50 +9105,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">37.Social change in India aiming at national unity and social progress is threatened by</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9151,50 +9232,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Caste System</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9217,50 +9299,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">38.Which of the following is not true with respect to culture?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9343,50 +9426,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Culture is inborn</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000112">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9409,50 +9493,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">39.How many World Heritage Sites recognized by the UNESCO are there in Kerala?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9535,50 +9620,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.None</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9601,86 +9687,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">40.’Culture-Lag’is associated with which of the following?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Social change</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9793,50 +9881,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">41.Secularism as one of the Constitutional values means</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9889,50 +9978,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Equal respect  for all religions and no religious discrimination</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9985,86 +10075,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">42.Which of the following contributes most to the modernization of a society?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Science and Technology based education</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10177,86 +10269,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">43.Grapevine communication</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Gossip</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10350,50 +10444,51 @@
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">44.Which of the following is not an example of non-verbal communication?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10416,50 +10511,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Letters</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000133">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10542,50 +10638,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000136">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">45.The National Stock Exchange of India is located at</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10638,50 +10735,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000139">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Mumbai</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10734,50 +10832,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">46.Under core banking ,CDC stands for</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10800,50 +10899,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Central Data Centre</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10926,86 +11026,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000142">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">47.NABARD(National Bank for Agricultural and Rural Development)came into existence in</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1982</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11118,50 +11220,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000148">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">48.DEMAT trading relates to which of the following?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000149">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11184,50 +11287,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Trading of shares</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11310,50 +11414,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">49.India’s first exclusive educational satellite</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11376,50 +11481,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000150">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.EDUSAT</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000151">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11502,50 +11608,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000154">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">50.ICT(Information and Communication Technology)includes</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11628,50 +11735,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000158">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.All the above</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000159">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11694,86 +11802,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">51.Where was the first computer installed in India?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Indian Statistical Institute,Kolkata</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11886,50 +11996,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000160">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">52.A network that links across metropolitan,regional and national boundaries is called</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000161">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11982,50 +12093,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000163">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.WAN</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000164">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12078,86 +12190,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000166">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">53.The Father of Modern Computer is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000167">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Charles Babbage</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000168">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12270,50 +12384,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">54.UNIX,DOS and Windows are examples of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12336,50 +12451,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Operating  Systems</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12462,86 +12578,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000172">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">55.Which is not a search engine?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000173">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Microsoft</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12654,86 +12772,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000178">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">56.The presentation package and slides are usually presented by</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Power Point</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12846,50 +12966,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">57.What is the storage capacity of a single layered Blue Ray Disc?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12972,50 +13093,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000182">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.25 GB</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000183">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13038,50 +13160,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000184">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">58.What combination of short cut keys will you use to change a text in upper case to lower case in MS Word?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13104,50 +13227,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Shift+F3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13230,86 +13354,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">59.Which Nobel Laureate is also known as the Father of Artificial Intelligence?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Herbert A.Simon</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13422,50 +13548,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000190">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">60.The educational satellite EDUSAT was launched by ISRO ,in</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000191">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13488,50 +13615,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000192">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.September,2004</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000193">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13614,50 +13742,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000196">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">61.Verbal guidance would be least effective in the learning of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000197">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13680,50 +13809,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000198">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Skills</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000199">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13806,50 +13936,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">62.Which of the following is not a phase in skill learning?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13932,50 +14063,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Affective phase</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13998,50 +14130,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">63.Which of the following is not a feature of learning?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14064,50 +14197,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Learning in inherited from ancestors</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14190,50 +14324,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">64.Which of the following theories emphasizes the role of learner’s feelings in learning?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14316,50 +14451,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Humanistic theory</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14382,50 +14518,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">65.Best teaching should always aim for</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14478,50 +14615,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Transfer of learning</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14574,50 +14712,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">66.Planning the lesson helps the teacher</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14700,50 +14839,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.In knowing the mental processes involved in learning</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14766,50 +14906,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">67.What strategy would you adopt in a school with inadequate facilities for managing the educational process?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14862,50 +15003,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Take the situation as a challenge and do the best</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14958,86 +15100,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">68.For selecting a Monitor in your class,which criterion will you follow</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.The democractic way of election</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15150,50 +15294,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">69.Suppose you make a mistake while teaching and your students point it out.How will you deal with the situation?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15216,50 +15361,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Will appreciate the students for finding the mistake and pointing it out</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15342,50 +15488,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">70.Suppose an intelligent student of your class requests for a particular book from you.Which one of the following decisions will you take in this case?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15468,50 +15615,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Will lend the book for a few days</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15534,86 +15682,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">71.Which of the following is a good home assignment?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.That which supplements class room activities</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15726,50 +15876,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">72.The main function of Educational Supervision is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15822,50 +15973,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Guiding school functioning</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15918,50 +16070,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">73.Educational Psychology belongs to which branch of Psychology?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16044,50 +16197,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Applied Psychology</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16110,86 +16264,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">74.Behaviour is a collective name for all</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Manifestations</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16302,50 +16458,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">75.Leave the child to Nature,is the idea suggested by</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16368,50 +16525,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Rousseau</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001ED">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16466,86 +16624,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">76.The theory of self actualization was developed by</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Maslow</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16658,50 +16818,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">77.Which of the following theory is basic to Programmed Instruction?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">A.Classical Conditioning</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
@@ -16760,50 +16921,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Instrumental conditioning</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16826,50 +16988,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">78.Animism is one of the characteristics of the child in the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16892,50 +17055,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Preoperational stage</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17018,50 +17182,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000200">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">79.The ability to play cooperatively with other children occurs in the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000201">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17114,50 +17279,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000203">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Preoperational stage</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000204">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17210,50 +17376,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000206">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">80.The active process of interference of previous learning by subsequent learning is known as</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000207">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17336,50 +17503,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Retro active inhibition</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17402,50 +17570,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">81.The period of adolescence is often reffered to as</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17498,50 +17667,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.A period of’storm and stress’</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000210">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17594,86 +17764,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000212">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">82.An organism is said to be motivated when we observe</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000213">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Goal directed behaviour</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000214">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17786,50 +17958,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000218">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">83.Which of the following is not a group guidance technique?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000219">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17912,50 +18085,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Counselling</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -17978,50 +18152,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">84.Personality ,according to Allport,is the organization of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18044,50 +18219,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000220">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Psychological systems</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000221">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18142,50 +18318,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000223">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">85.Which is not a constraint in social change?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000224">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18208,50 +18385,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000225">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Education</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000226">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18334,50 +18512,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000229">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">86.Reservation of seats for SC and ST for their education is based on</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18400,50 +18579,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Need for social change</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18526,50 +18706,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">87.Whcih of the following agencies is considered as a ‘cradle of social values’?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000230">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18592,50 +18773,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000231">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Family</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000232">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18718,50 +18900,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000235">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">88.In its modern meaning,idealism has more to do with</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000236">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18784,50 +18967,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000237">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Ideas as mental states</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000238">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -18910,50 +19094,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">89.Which among the following is a key point of Indian Philosophy?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19006,50 +19191,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Means of satisfying intellectual doubt</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19102,50 +19288,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000241">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">90.Who remarked,”The highest education is that which does not merely give us information but makes our life in harmony with all existence?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000242">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19198,50 +19385,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000244">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Tagore</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000245">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19294,50 +19482,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000247">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">91.The first step in the problem solving approach is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000248">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19360,50 +19549,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000249">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Identification of the problem</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19486,50 +19676,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">92.Which method is effective for the application of Heuristics?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19552,50 +19743,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Projects</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000250">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19678,50 +19870,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000253">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">93.Smart classrooms are setup in schools for the effective utilization of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000254">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19774,50 +19967,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000256">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Instructional technology</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000257">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19870,50 +20064,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000259">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">94.What is the aim of giving assignments?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -19996,50 +20191,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.All the above</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20062,50 +20258,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">95.Akshaya Project aims at</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000260">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20128,50 +20325,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000261">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Addressing the issue of ICT access</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000262">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20254,86 +20452,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000265">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">96.The name of the person associated with the emergence of standardized written examinations</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000266">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Horace Mann</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000267">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20446,50 +20646,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">97.’Boys are not superior to girls with regard to intelligence ‘is an example of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20572,50 +20773,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Directional null hypothesis</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000270">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20638,50 +20840,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000271">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">98.The depth of any research can be judged by</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000272">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20704,50 +20907,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000273">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Objectives of the research</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000274">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20830,86 +21034,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000277">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">99.Who Popularised action research for classroom situations?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000278">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Stephen M.Corey</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000279">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21022,50 +21228,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">100.Which of the following question words is used for testing higher order thinking?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21118,50 +21325,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000280">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Why</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000281">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21214,50 +21422,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000283">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">101.The basic purpose of an Achievement Test is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000284">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21310,50 +21519,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000286">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.To determine how far the students have achieved the instructional objectives</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000287">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21406,50 +21616,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000289">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">102.A teacher asks questions while teaching in the class  to get the feedback of his teaching.This kind of evaluation is known as</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21472,50 +21683,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Formative evaluation</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21598,50 +21810,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">103.The best way to teaching values is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000290">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21664,50 +21877,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000291">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Practising</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000292">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21790,50 +22004,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000295">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">104.One of the following is not a Universal value.What is it?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000296">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21916,50 +22131,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000299">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Patriotism</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000029A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -21982,50 +22198,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000029B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">105.The craft centred education ,a value based one,was suggested by</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000029C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22048,50 +22265,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000029D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Gandhiji</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000029E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22174,50 +22392,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">106.Manifestation of perfection inherent in humans is the aim of education according to</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22240,50 +22459,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Vivekananda</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22366,86 +22586,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">107.Grant of the right to franchise to women on equal terms with men,is assertion of the principle of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Political equality</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22558,50 +22780,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002AD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">108.Where does value education fit into the curriculum?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002AE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22654,50 +22877,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Everywhere</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22750,50 +22974,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">109.Teachers should know Psychological foundations of education in order to</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22876,50 +23101,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Have a functional understanding of the learners and the learning processes</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -22942,50 +23168,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">110.Which of the following  is least effective as a means of dealing with individual differences in the class room?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23038,50 +23265,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Lecture method</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23134,86 +23362,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">111.The most important aspect to be borne in mind while selecting Learning Aids is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Suitability to achieve  the necessary  competencies</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23326,50 +23556,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">112.A teacher’s primary responsibility lies in</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23422,50 +23653,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Planning educational experience</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23518,50 +23750,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">113.In classroom communication,which is to be given more importance?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23584,50 +23817,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Motivation</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23710,50 +23944,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002D1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">114.As an instructional medium,the key attention of computers is on the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002D2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23836,50 +24071,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002D5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D.Potential for individualized instruction</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002D6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23902,50 +24138,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002D7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">115.Microteaching is for developing</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -23998,50 +24235,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002DA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.Teaching skills</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002DB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24094,86 +24332,88 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002DD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">116.To be a successful teacher,which of the following would you prefer?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002DE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ability to make the student learn</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24286,50 +24526,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002E3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">117.What is the basis of your priority for teaching profession?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002E4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24352,50 +24593,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002E5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Opportunity to work with and work for children</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002E6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24478,50 +24720,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002E9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">118.Which of the following does not suit an ideal teacher?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002EA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24544,50 +24787,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002EB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> B.Desire for wealth</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002EC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24670,50 +24914,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002EF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">119.Which of the following of a teacher is desirable in a context of social injustice?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24736,50 +24981,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Creating public opinion</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24862,50 +25108,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">120.Who will you consider as an ideal teacher?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -24958,50 +25205,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C.One who is helpful and competent</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -25189,169 +25437,179 @@
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000301">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000302">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.FACEBOOK.COM/EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> ,IF YOU SHARE TO YOUR FRIENDS.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000303">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000300">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">THANKS FOR YOUR SUPPORT.VISIT </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -25359,163 +25617,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="0.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 