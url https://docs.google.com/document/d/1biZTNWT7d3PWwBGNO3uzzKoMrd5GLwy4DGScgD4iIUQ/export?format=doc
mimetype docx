--- v0 (2025-10-04)
+++ v1 (2025-11-29)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
@@ -39,57 +40,59 @@
         <w:t xml:space="preserve">FIELD ASSISTANT,HEALTH SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EXAM DATE:25-02-2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.The man Jumped----------the pond </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.In</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
@@ -143,57 +146,59 @@
         <w:t xml:space="preserve">D.Into</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.Which of the following is not an adjective?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Better</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
@@ -247,57 +252,59 @@
         <w:t xml:space="preserve">D.Neatly</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.If you-------me,I would come with you.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Calling</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
@@ -351,57 +358,59 @@
         <w:t xml:space="preserve">D.Calls</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.----lady in yellow sari is my sister </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.a</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
@@ -455,57 +464,59 @@
         <w:t xml:space="preserve">D.These</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5.A male duck is called----</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Duckling</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
@@ -559,57 +570,59 @@
         <w:t xml:space="preserve">D.Duke</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6.Identify the correct sentence:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.They will visit Agra last month</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
@@ -663,57 +676,59 @@
         <w:t xml:space="preserve">D.They visited Agra last month</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7.Happy:Unhappy:Appear:---------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Disappear</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
@@ -767,57 +782,59 @@
         <w:t xml:space="preserve">D.Antiappear</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8.The synonym of the word’change’is-----------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Stay</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
@@ -871,74 +888,77 @@
         <w:t xml:space="preserve">D.Alter</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9.”I could’nt understand his words”.Replace the underlined word with the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">appropriate phrasal verb:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Make out</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
@@ -992,57 +1012,59 @@
         <w:t xml:space="preserve">D.Set up</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10.The phrase ‘bona fides’means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.From office</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
@@ -1096,57 +1118,59 @@
         <w:t xml:space="preserve">D.reminder</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">11.Which among the following is the opposite of ‘depart’?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Apart</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
@@ -1200,57 +1224,59 @@
         <w:t xml:space="preserve">D.Leave</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">12.Identify the correctly spelt word </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.BELEIVE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
@@ -1304,76 +1330,80 @@
         <w:t xml:space="preserve">D.BELEAVE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">13.Choose the correct word:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">“What is the bus-------to Mumbai”?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Fare</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
@@ -1427,57 +1457,59 @@
         <w:t xml:space="preserve">D.Fire</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14.’A cock and bull story’Means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A. A story in which cock and bull are the characters</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
@@ -1531,57 +1563,59 @@
         <w:t xml:space="preserve">D.A story that cannot be believed</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">15.The one word substitute for ‘an unmarried woman’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Lady</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
@@ -1635,57 +1669,59 @@
         <w:t xml:space="preserve">D.Bachelor</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">16.’Sumit is a very good painter’ In this sentence the word’very’is-------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Noun</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
@@ -1739,57 +1775,59 @@
         <w:t xml:space="preserve">D.Adjective</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">17.’One of my cousins-------in America’Fill in the blanks with the correct word</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Is</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
@@ -1843,76 +1881,80 @@
         <w:t xml:space="preserve">D.Be</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">18.Identify the appropriate tag question for the following sentence:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘You went to church yesterday----------?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Won’t you</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
@@ -1966,76 +2008,80 @@
         <w:t xml:space="preserve">D.Isn’t it</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">19.Children built sandcastles’:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Which of the following will be the correct passive form of this sentence?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sandcastles were built by the children</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
@@ -2089,57 +2135,59 @@
         <w:t xml:space="preserve">D.Sandcastles were being built by the children</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">20.Good:better:bad:-------</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ugly</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
@@ -2221,169 +2269,179 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.FACEBOOK.COM/EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">  ,IF YOU SHARE TO YOUR FRIENDS.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">THANKS FOR YOUR SUPPORT.VISIT </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2392,163 +2450,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/EXAMCHOICES.IN" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.examchoices.in" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>