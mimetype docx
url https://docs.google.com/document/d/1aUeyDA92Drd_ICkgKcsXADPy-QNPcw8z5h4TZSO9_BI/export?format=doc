--- v0 (2025-10-04)
+++ v1 (2025-12-10)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
@@ -39,57 +40,59 @@
         <w:t xml:space="preserve">JUNIOR SCIENTIFIC OFFICER,CHEMICAL EXAMINATIONS LABORATORY</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EXAM DATE:10-02-2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.Which of the following amino acids are both Ketogenic and Glucogenic?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Leucine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
@@ -143,57 +146,59 @@
         <w:t xml:space="preserve">D.Isoleucine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.The end product of pyrimidine metabolism in animal cells is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Beta-alanine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
@@ -247,57 +252,59 @@
         <w:t xml:space="preserve">D.Urea</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.The lipoprotein which helps the transport of TAG synthesized by the liver is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Chylomicrones</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
@@ -351,57 +358,59 @@
         <w:t xml:space="preserve">D.HDL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.The deficiency of which Vitamin results in Pernicious Anemia:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Thiamine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
@@ -455,74 +464,77 @@
         <w:t xml:space="preserve">D.Cobalamin</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5.Activation of Gluconeogenesis in liver is achieved by inhibiting one of the key</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">enzymes in the Glycolysis.Which of the following Enzyme is inhibited?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Hexokinase</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
@@ -576,57 +588,59 @@
         <w:t xml:space="preserve">D.Phospho Fructo Kinase-2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6.Which of the following is an uncoupler of Electron Transport Chain?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2,4 Dinitro Phenol</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
@@ -680,74 +694,77 @@
         <w:t xml:space="preserve">D.Antimycin A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7.Which of the following ions are specifically carried by Valinomycin,a carrier</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ionophore?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Na+</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
@@ -801,57 +818,59 @@
         <w:t xml:space="preserve">D.Cl-</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8.The cofactor of Glycogen phosphorylase is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.TPP</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
@@ -905,57 +924,59 @@
         <w:t xml:space="preserve">D.CoA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9.The metal atoms catalyses the decarboxylation of Dimethyl Oxaloacetate is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cu &amp; Ni</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
@@ -1009,57 +1030,59 @@
         <w:t xml:space="preserve">D.Mg &amp; Mn</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10.Which of the following is a Cysteine Protease?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Thrombin</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
@@ -1113,57 +1136,59 @@
         <w:t xml:space="preserve">D.Papain</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">11.The unique C-Terminal sequence of ER-resident proteins of mammals is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Leu-Asp-Glu-Lys</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
@@ -1217,74 +1242,77 @@
         <w:t xml:space="preserve">D.Lys-Asp-Leu-Glu</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">12.In glycogen metabolism which hormonal stimulation decreases the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">intracellular concentration of CAMP:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Glucagone</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
@@ -1338,74 +1366,77 @@
         <w:t xml:space="preserve">D.Nor epinephrine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">13.Quabain,a cardiac glycoside specifically inhibit which of the active transport</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">system?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.H+-K+ATPase</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
@@ -1459,57 +1490,59 @@
         <w:t xml:space="preserve">D.H+ATPase</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14.The torsion angles for a plannar,fully extended polypeptide chain is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.90 Degree</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
@@ -1563,57 +1596,59 @@
         <w:t xml:space="preserve">D.60 Degree</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">15.From which fatty acid Prosta-glandins are synthesized:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Linoleic acid</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
@@ -1667,57 +1702,59 @@
         <w:t xml:space="preserve">D.Palmitic acid</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">16.Which of the following amino acids is degraded finally to Scuccinyl CoA?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Aspargine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
@@ -1771,74 +1808,77 @@
         <w:t xml:space="preserve">D.Arginine</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">17.Which of the following antibiotic is a potent inducer of hepatic-drug</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">metabolizing enzymes?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Streptomycin</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
@@ -1892,74 +1932,77 @@
         <w:t xml:space="preserve">D.Rifampin</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">18.Which of the following detergent is commonly used to release integral</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">proteins from its memnbranes?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.CNBr</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
@@ -2013,57 +2056,59 @@
         <w:t xml:space="preserve">D.DMSO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">19.When PH=PKa,the ratio of conjugate base to acid is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1:100</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
@@ -2117,57 +2162,59 @@
         <w:t xml:space="preserve">D.1:1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">20.Which class of enzyme catalyses the oxidation of an alcohol to an aldehyde?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ligase</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
@@ -2221,74 +2268,77 @@
         <w:t xml:space="preserve">D.Lyase</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">21.The amyloid protein deposition associated with Alzheimer’s disease is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">composed of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Alpha-helix</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
@@ -2342,57 +2392,59 @@
         <w:t xml:space="preserve">D.Random coil</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">22.An uncompetitive inhibitor binds to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Enzyme-substrate complex</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
@@ -2446,57 +2498,59 @@
         <w:t xml:space="preserve">D.Substrate</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">23.The coenzyme involved in Carboxylation reactions is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.FAD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
@@ -2550,57 +2604,59 @@
         <w:t xml:space="preserve">D.Biotin</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">24.Which of the following is not a component of dietary fiber?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cellulose</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
@@ -2654,74 +2710,77 @@
         <w:t xml:space="preserve">D.Pectin</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">25.The component of bacterial RNA polymerase responsible for recognizing the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">prometer is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Alpha subunit</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
@@ -2775,57 +2834,59 @@
         <w:t xml:space="preserve">D.Rho protein</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">26.Which of the following virus has double stranded RNA as genetic material?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Tobacco mosaic virus</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
@@ -2879,57 +2940,59 @@
         <w:t xml:space="preserve">D.Reovirus</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">27.The normal immunological role of the CD8+ve T-cell is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Secretes antibodies</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
@@ -2983,57 +3046,59 @@
         <w:t xml:space="preserve">D.Helps beta-lymphocytes to develop into plasma cells</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">28.In Nitrogen cycle,Anammox bacteria convert:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ammonia to nitrite and nitrate</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
@@ -3087,57 +3152,59 @@
         <w:t xml:space="preserve">D.Nitrogen to Nitrite</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">29.Alpha-Amanitin is senisitive to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Prokaryotic RNA Polymerase</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
@@ -3191,74 +3258,77 @@
         <w:t xml:space="preserve">D.Eukaryotic RNA Polymerase II</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">30.Which DNA binding domain is function as transcriptional regulators in</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">eukaryotes?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Homeodomain</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
@@ -3312,74 +3382,77 @@
         <w:t xml:space="preserve">D.Basic helix loop helix</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">31.Which  antibiotic mimic the structure of UDP N-acetyle glucosamine there by</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">blocks the first step in the synthesis of the core oligosaccharide of glycoprotein?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Streptomycin</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
@@ -3433,74 +3506,77 @@
         <w:t xml:space="preserve">D.Tetracycline</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">32.In mammals,’the telomerase form a special structure called’T loop’.Which of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the following protein helps the formation of ‘T-Loop’?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.TRF-1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
@@ -3554,74 +3630,77 @@
         <w:t xml:space="preserve">D.TFR 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">33.All of the following post translational modifications are occur within the Golgi</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EXCEPT:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Acetylation of Histones</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
@@ -3675,57 +3754,59 @@
         <w:t xml:space="preserve">D.N-Glycosilation of Extra Cellular Matrix proteins</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">34.Which metal ion is present in Ascorbic acid Oxidase?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Zn</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
@@ -3779,57 +3860,59 @@
         <w:t xml:space="preserve">D.Cu</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">35.Neutrophil defensins are:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Anti-toxins</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
@@ -3883,57 +3966,59 @@
         <w:t xml:space="preserve">D.Peptide antibiotics</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">36.The resolving power of unaided human eye is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.100 meu m</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
@@ -3987,57 +4072,59 @@
         <w:t xml:space="preserve">D.400 meu m</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">37.Acid phosphatase is the marker enzyme for which sub cellular fraction</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cytosol</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
@@ -4091,74 +4178,77 @@
         <w:t xml:space="preserve">D.Microsomes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">38.Which of the following process involved in the detoxification o f Acetamilide to</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">p-acetyl amino phenol?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Acetylation</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
@@ -4212,74 +4302,77 @@
         <w:t xml:space="preserve">D.Oxidation</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">39.Which of the follllowing is a common biological modification that promotes</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the formation of Z-DNA?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Methylation of Cytosine residue </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
@@ -4333,57 +4426,59 @@
         <w:t xml:space="preserve">D.Phosphorylation of Thymine residue</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">40.In the transcription process,which DNA strand act as the template?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sense strand</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
@@ -4437,74 +4532,77 @@
         <w:t xml:space="preserve">D.Coding strand</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">41.The ion exchange resin are usually mixed with a compound which prevent he</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">resin from swelling is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Styrene</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
@@ -4558,57 +4656,59 @@
         <w:t xml:space="preserve">D.Benzilic phosphoric acid</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">42.Which of the following conformer of cyclohexane is more stable?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Chair form</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
@@ -4662,57 +4762,59 @@
         <w:t xml:space="preserve">D.Twist boat form</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">43.Which photochemical reaction involves the formation of oxetane?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Photodimerization reaction</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
@@ -4766,76 +4868,80 @@
         <w:t xml:space="preserve">D.Paterno-Buchi reaction</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000105">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">44.An ionization suppressant element used in Augur Electron</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000106">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Spectroscopy:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Na</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
@@ -4889,57 +4995,59 @@
         <w:t xml:space="preserve">D.H</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">45.Mond’s process makes use of the formation of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cr(CO)5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
@@ -4993,57 +5101,59 @@
         <w:t xml:space="preserve">D.Ni(CO)4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000112">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">46.The co-ordination number ion in the ionic solids NaCl and CsCl respectively are:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.6 and 6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
@@ -5097,74 +5207,77 @@
         <w:t xml:space="preserve">D.8 and 8</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">47.The temperature at which conductivity of a superconductor becomes infinite is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">called:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Critical temperature</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
@@ -5218,74 +5331,77 @@
         <w:t xml:space="preserve">D.Debye Temperature</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">48.The values of energy for which Shrodinger’s steady state equation can be</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">solved are called:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Eigen-functions</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
@@ -5339,74 +5455,77 @@
         <w:t xml:space="preserve">D.None of these</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">49.In comparison to the frequency of the EPR transition,the NMR transition</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">frequency is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Much higher</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
@@ -5460,57 +5579,59 @@
         <w:t xml:space="preserve">D.None of these</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">50.The particle which obey Bose-Einstein statistics is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Electron</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
@@ -5564,57 +5685,59 @@
         <w:t xml:space="preserve">D.Muon</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">51.The exchange capacity of an anion exchange generally increases with:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Increase pH</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
@@ -5668,57 +5791,59 @@
         <w:t xml:space="preserve">D.None of these</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000135">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000136">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">52.In amberometric titrations a titrant react with a metal ion which reduces:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Diffusion current</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
@@ -5772,57 +5897,59 @@
         <w:t xml:space="preserve">D.Limiting current</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">53.Both turbidimetry and nephelometry are based on:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Diffraction</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013E">
@@ -5876,57 +6003,59 @@
         <w:t xml:space="preserve">D.Scattering</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000141">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000142">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">54.[4]annulene is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Aromatic</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
@@ -5980,74 +6109,77 @@
         <w:t xml:space="preserve">D.None of these</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000147">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000148">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">55.In a crystal,a plane cuts intercepts 2a,3b and c along the crystallographic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">axis.The Miller indices of the plane are:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000149">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1,2,3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014A">
@@ -6101,57 +6233,59 @@
         <w:t xml:space="preserve">D.3,2,6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">56.The reagent used in coulometric titrations:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.NaOH</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000150">
@@ -6205,76 +6339,80 @@
         <w:t xml:space="preserve">D.Protons</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000153">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000154">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">57.Linear molecules with C axis and a plane belong to --------point group</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">58.The efficiency of a chromatographic column is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000156">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Directly proportional to polarity of the mobile phase</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000157">
@@ -6328,76 +6466,80 @@
         <w:t xml:space="preserve">D.Inversely proportional to plate height</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">59.How many stereoisomers are possible for the following compounds?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CH3CH2CH(Br)CH(CI)CH3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015E">
@@ -6451,57 +6593,59 @@
         <w:t xml:space="preserve">D.2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000161">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000162">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">60.Thermal isomerisation of 1,5 dienes by a 3,3 sigmatropic shift is known as:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000163">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Cope rearrangement</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000164">
@@ -6555,74 +6699,77 @@
         <w:t xml:space="preserve">D.Paterno-Buchi reaction</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000167">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000168">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">61.The stereoisomers which are non-superimposable and are not related as</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">object and mirror images are called:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000169">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Enantiomers</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016A">
@@ -6676,57 +6823,59 @@
         <w:t xml:space="preserve">D.Diastereoisomers</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">62.An example of cyclo addition reaction:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Diels-Alder Reaction</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000170">
@@ -6780,57 +6929,59 @@
         <w:t xml:space="preserve">D.Reformatsky reaction</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000173">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">63.[CoF6]4-is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000175">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Outer orbital and diamagnetic</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000176">
@@ -6884,91 +7035,95 @@
         <w:t xml:space="preserve">D.Outer orbital and paramangnetic</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">64.The distribution constant for iodine between an organic solvent and water is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">85.The concentration of iodine remaining in the aqueous layer after extraction of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">50 ml of 1 x 10-3 M iodine with 50 ml of organic solvent will be:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2.16 x 10-5 M</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017C">
@@ -7022,57 +7177,59 @@
         <w:t xml:space="preserve">D.2.16 x 10-6 M</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000180">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">65.The IR spectra of CO2 molecules shows only:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000181">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.3 band</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000182">
@@ -7126,57 +7283,59 @@
         <w:t xml:space="preserve">D.1 band</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">66.The number of Bravals lattices pertaining to the cubic system is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.14</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000188">
@@ -7230,91 +7389,95 @@
         <w:t xml:space="preserve">D.6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">67.When a ketonic group attached to a chiral centre  under goes nucelophilic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">addition with a metal hydride reagent,the relative configuration of the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">predominant isomer is predicted by:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Mills rule</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018E">
@@ -7368,74 +7531,77 @@
         <w:t xml:space="preserve">D.Displacement rule</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000191">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000192">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">68.In infrared spectroscopy which frequency range is known as the fingerprint</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">region?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000193">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.400-2500 cm-1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000194">
@@ -7489,74 +7655,77 @@
         <w:t xml:space="preserve">D.600-250 cm-1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000197">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000198">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">69.For a reaction the rate constant is doubled when the temperature is increased</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">from 17 Degree C to 37 Degree C.What is the activation energy for the reaction?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000199">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.3.1 kcal</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019A">
@@ -7610,74 +7779,77 @@
         <w:t xml:space="preserve">D.24.8 kcal</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">70.The distribution of probability density calculated from Maxwell-Boltzmann</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">statistics in an arbitrary chosen directions spreads with:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Increasing temperature</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A0">
@@ -7731,57 +7903,59 @@
         <w:t xml:space="preserve">D.None of these</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">71.Among the following which is the spin forbidden process:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Fluorescence</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A6">
@@ -7835,57 +8009,59 @@
         <w:t xml:space="preserve">D.Inter system crossing</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">72.Which of the following nuclei will have a magnetic moment?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2D1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AC">
@@ -7939,74 +8115,77 @@
         <w:t xml:space="preserve">D.32S16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">73.In which technique temperature difference between sample and reference is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">recorded as a function of time?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.TGA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B2">
@@ -8060,57 +8239,59 @@
         <w:t xml:space="preserve">D.Derivative TGA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">74.An electron volt is equal to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.4.4186 x 1014 Hz</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B8">
@@ -8164,57 +8345,59 @@
         <w:t xml:space="preserve">D.1.5x10-10erg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">75.The point group of xenon oxytetrafluride is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.C2v</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BE">
@@ -8268,57 +8451,59 @@
         <w:t xml:space="preserve">D.C3v</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">76.Which of the following compound exhibit optical activity?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2-chloro propane</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C4">
@@ -8372,57 +8557,59 @@
         <w:t xml:space="preserve">D.4-chloro heptanes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">77.Which of the following is aromatic?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Tropylium cation</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CA">
@@ -8476,57 +8663,59 @@
         <w:t xml:space="preserve">D.Cyclopentane</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">78.The planes which will be absent in simple cubic system is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.100</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D0">
@@ -8580,74 +8769,77 @@
         <w:t xml:space="preserve">D.110</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">79.Which of the following wave length ranges is associated with UV</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">spectroscopy?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.0.8-500 meu m</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D6">
@@ -8701,57 +8893,59 @@
         <w:t xml:space="preserve">D.0.01-10 nm</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">80.The term symbol for ground state of V 3+ ion is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.2D5/2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DC">
@@ -8805,57 +8999,59 @@
         <w:t xml:space="preserve">D.3F2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">81.The Punnapra Vayalar uprising took place in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.October,1943</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E2">
@@ -8909,57 +9105,59 @@
         <w:t xml:space="preserve">D.October,1946</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">82.Akalis from Punjab openend a canteen in Kerala during-------------Satyagraha</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Vaikom</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E8">
@@ -9013,57 +9211,59 @@
         <w:t xml:space="preserve">D.Cheemeni</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">83.The author of the play’Adukkalayil Nunnum Arangathekku’:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001ED">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.M.R.B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EE">
@@ -9117,57 +9317,59 @@
         <w:t xml:space="preserve">D.Ponkunnam Varkey</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">84.Founder and proprietor of Swadeshabhimani newspaper:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ramakrishna Pillai</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F4">
@@ -9221,57 +9423,59 @@
         <w:t xml:space="preserve">D.Makthi Thangal</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">85.Founder of Prathaksha Raksha Daiva Sabha:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Pampady John Joseph</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FA">
@@ -9325,57 +9529,59 @@
         <w:t xml:space="preserve">D.T.T.Kesava Sastri</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">86.The present Chancellor of Germany(2016):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Angela Merckel</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000200">
@@ -9429,57 +9635,59 @@
         <w:t xml:space="preserve">D.Frauke Petry</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000203">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000204">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">87.Who is known as Burmese Gandhi?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000205">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Khin Khin Win</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000206">
@@ -9533,57 +9741,59 @@
         <w:t xml:space="preserve">D.Zin Mar Aung</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000209">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">88.Who designed Indian National Flag?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Subash Chandra Bose</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020C">
@@ -9637,57 +9847,59 @@
         <w:t xml:space="preserve">D.B.M.Malabari</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000210">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">89.Whose autobiography is the Turbulent Years 1980-1996?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000211">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Pranab Mukherjee</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000212">
@@ -9741,57 +9953,59 @@
         <w:t xml:space="preserve">D.K.R.Narayanan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000215">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000216">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">90.In which country INA was oranised?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000217">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.India</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000218">
@@ -9845,57 +10059,59 @@
         <w:t xml:space="preserve">D.Canada</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">91.Who is known as the Grand Old Man of India?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Mahatma Gandhi</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021E">
@@ -9949,57 +10165,59 @@
         <w:t xml:space="preserve">D.Dadabai Naoroji</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000221">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000222">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">92.Which day is observed as World Cancer Day?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000223">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.February 4</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -10109,57 +10327,59 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000227">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000228">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">93.Who is the first President of Travancore State Congress?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000229">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.T.M.Varghese</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022A">
@@ -10213,57 +10433,59 @@
         <w:t xml:space="preserve">D.G.P.Pillai</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">94.Who is the founder of Vala Samudaya Parishkarini Sabha?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ayyankali</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000230">
@@ -10317,57 +10539,59 @@
         <w:t xml:space="preserve">D.T.T.Kesava Sastri</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000233">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:C</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000234">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">95.Who is the author of Daiva Dasakam?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000235">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Chattampi Swamikal</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000236">
@@ -10421,57 +10645,59 @@
         <w:t xml:space="preserve">D.Brahmananda Sivayogi</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000239">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">96.Who was the author of Adi Bhasha,a research work in the field of linguistics?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Sri Narayana Guru</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023C">
@@ -10525,57 +10751,59 @@
         <w:t xml:space="preserve">D.Chattampi Swamikal</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000240">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">97.The Magna Carta of modern Travancore:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000241">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Vaikom Satyagraha</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000242">
@@ -10629,57 +10857,59 @@
         <w:t xml:space="preserve">D.Temple Entry Proclamation</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000245">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:D</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000246">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">98.Head Quarters of Kerala Floklore Academy:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000247">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Kannur</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000248">
@@ -10733,57 +10963,59 @@
         <w:t xml:space="preserve">D.Wayanad</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:A</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">99.First political drama of kerala:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Ritumati</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024E">
@@ -10837,57 +11069,59 @@
         <w:t xml:space="preserve">D.Thozil Kendrathilekku</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000251">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ans:B</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000252">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">100.In which year Sadhu Jana Paripalana Sangham was formed?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000253">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.1905</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000254">
@@ -10969,211 +11203,223 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025B">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025C">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.FACEBOOK.COM/EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> ,IF YOU SHARE TO YOUR FRIENDS.</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025D">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000258">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000259">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">THANKS FOR YOUR SUPPORT.VISIT </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025A">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11182,163 +11428,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/EXAMCHOICES.IN" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.examchoices.in" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>