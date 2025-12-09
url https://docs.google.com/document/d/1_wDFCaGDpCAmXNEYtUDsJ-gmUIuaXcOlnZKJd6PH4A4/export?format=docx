--- v0 (2025-10-14)
+++ v1 (2025-12-09)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
@@ -105,50 +106,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:cs="Oswald" w:eastAsia="Oswald" w:hAnsi="Oswald"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_o1swta51zs4j" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald" w:cs="Oswald" w:eastAsia="Oswald" w:hAnsi="Oswald"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIDEO TRANSCRIPT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:pict>
           <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_hqgdjl6uyybb" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
@@ -192,89 +194,93 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EXPLORATION VIDEO 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">About 200 years ago, there was a camp of soldiers from the French Army and many of them were getting sick. It was almost as if they had a bad case of the flu. The soldiers all had a fever, chills, headaches. Some of them were vomiting. Some soldiers got so sick that they died. This was very serious. No one could figure out where the disease was coming from. The army camp was located near a swamp, so some people thought the disease might be coming from the stinky swamp air. They named the disease malaria, from the words </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mala</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">aria</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, which meant </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">bad air</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. But, at the time, no one understood what really caused malaria. The army asked a doctor, Dr. Alphonse Laveran, to see if he could figure out what was causing the soldiers to get sick. Dr. Laveran started his investigation by looking at the soldiers' blood under a microscope. Usually, this is what blood looks like under a microscope, but in soldiers with the disease, Dr. Laveran noticed that this is what their blood looked like. You notice those strange dark dots? When Dr. Laveran looked more closely, he realized that those dots were actually microscopic parasites, a type of germ, and he thought these might be what's causing the malaria disease. But to stop more soldiers from getting sick, Dr. Laveran had to figure out: where were these germs coming from? He went to the swamp and he checked everywhere. He checked the air, he checked the water, he checked the soil—but he couldn't find these germs in any of these places. Then he realized the swamp had more than just bad-smelling air: it had lots of mosquitoes. They were everywhere. Could it be that the mosquitoes were carrying these germs? Even though mosquitoes suck blood out of a person, when they do that, some of the mosquito's saliva, or spit, gets into a person's body. So if mosquitoes did carry any microscopic germs inside their bodies, that means those germs might get passed straight into someone's blood when a mosquito bites. Years later, Dr. Laveran's idea was proven correct. Mosquitoes were responsible for spreading the germs that cause malaria. And it's not just malaria. Mosquitoes were discovered to carry germs that cause other diseases too, diseases with names you might have heard of like West Nile Virus, Zika virus, and yellow fever. So mosquitoes aren't dangerous because their bite makes you itch. They're dangerous because their bite can spread germs that cause different kinds of diseases. Every year, over 500 million people still get sick from diseases spread by mosquitoes. Luckily, scientists have discovered medicines that can help people get healthy again if they do get some of these diseases, but it's still very serious. If people don't get medical help, some of these diseases can lead to death. In trying to learn more about diseases spread by mosquitoes, scientists have noticed that many of these diseases are more common in some places in the world than in other places. For example, this map shows the places where malaria is most common. Notice how all of these places are places near the middle regions of the Earth, places near the equator. These are the warmest places on Earth, what we call the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">tropics</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Although mosquitoes are found all over the world, except Antarctica, the tropics have the most mosquitoes, which might explain why diseases carried by mosquitoes are more common in the tropics. But why would that be? Why would there be more mosquitoes living the tropics compared to other places? What do you think?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_tcl1qbcntk5p" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Oswald Medium" w:cs="Oswald Medium" w:eastAsia="Oswald Medium" w:hAnsi="Oswald Medium"/>
           <w:color w:val="000000"/>
           <w:rtl w:val="0"/>
@@ -988,50 +994,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WRAP-UP VIDEO</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In the activity, you came up with ideas to reduce the number of mosquitoes in Pondville, where the townspeople have had a really rainy spring season and they're worried about having more mosquitoes this summer. You could have come up with many different solutions, but here are just a few solutions that we came up with. At the picnic area, we realized that we couldn't just get rid of the pond because people loved it and they liked to go fishing there. Instead of draining away the water, we decided to add more mosquito-eating fish to the pond and lots of dragonflies nearby so that they would eat the mosquito eggs and larvae. We also decided to put up a bat box and birdhouses so that bats and birds might live there and eat the adult mosquitoes. At the playground, we realized that we probably couldn't just cover the entire area with nets because the nets would have to be huge and they'd get in the way of kids playing. But, we thought, maybe kids would want to wear nets. Now mosquitoes wouldn't be able to bite them. We noticed that buckets in the sandbox would collect water and mosquitoes could lay eggs there. So we decided to make a sign telling kids to turn over the buckets after playing with them. We also wrote on the other sign that the playground closes 30 minutes before sunset, so that kids could get home before lots of mosquitoes came out. At the backyard, we noticed that it would be easy to hang a mosquito net over the umbrella to prevent mosquitoes from biting people who were sitting on the lawn chairs. We also noticed that there was an electrical outlet where we could plug something in. So we decided to add fans that could blow the air at 10 miles per hour. That way, mosquitoes couldn't fly in the backyard. We noticed that a watering can was left out, full of water. That should be put away right after people water their garden so that mosquitoes couldn't lay eggs there. We did want to keep the swimming pool, though, since swimming is so much fun. We just needed to make sure that people who lived here dumped out the water after swimming, so mosquitoes couldn't lay eggs in it. You probably noticed how each site was a little different and the same solutions wouldn't work in every single place. Engineers would say that the sites had different </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">constraints</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, things that limit which solutions you can use. For example, the pond had a constraint of not having electricity nearby, so we couldn't use a fan that needed to be plugged in. Constraints aren't bad things—they're just things you have to think about when you're coming up with solutions. Because of the constraints, some solutions made more sense in some places than others. Today, scientists are trying to figure out even better ways to prevent human beings from getting diseases from mosquitoes. One solution they've come up with are vaccines, the shots that you get at the doctor. So far, scientists have developed vaccines for a few of the diseases that mosquitoes carry, like malaria, but they're still trying to figure out vaccines for other diseases, like Zika. Looking to the future, some scientists are even wondering: could we protect people from diseases by changing mosquitoes? Like, maybe we could use selection to breed mosquitoes that can't carry diseases, or maybe it's possible to get rid of mosquitoes entirely by causing them to go extinct. Scientists are trying to figure out if getting rid of mosquitoes would have any bad effects, like for birds and bats that eat mosquitoes as their food. But if scientists ever do figure out any solution, it's interesting to think about. What would life be like to never have to worry again about getting itchy mosquito bites? Have fun and stay curious!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId6" w:type="default"/>
@@ -1333,50 +1340,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1399,148 +1407,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OswaldMedium-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/OswaldMedium-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Oswald-regular.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Oswald-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>