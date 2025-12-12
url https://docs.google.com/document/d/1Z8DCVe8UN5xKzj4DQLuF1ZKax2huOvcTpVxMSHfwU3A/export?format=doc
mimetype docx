--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -1,78 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PSC EXAM CALENDER MAY 2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.03/05/2017 Wednesday 10.30 AM to 12.15 PM</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Category Number:235/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ELECTRICIAN ARCHAEOLOGY DEPARTMENT</w:t>
       </w:r>
@@ -162,76 +165,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 20/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3/05/2017 Wednesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:351/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ELECTRICIAN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
@@ -251,76 +258,80 @@
         <w:t xml:space="preserve">HEALTH SERVICES DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 20/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.03/05/2017 Wednesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:448/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ELECTRICIAN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
@@ -340,76 +351,80 @@
         <w:t xml:space="preserve">MEDICAL EDUCATION SERVICE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 20/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.04/05/2017 Thursday 10.30 AM to 12.15 PM </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:513/15</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PERSONAL ASSISTANT TO MANAGING DIRECTOR</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
@@ -514,220 +529,232 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 21/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5.04/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:103/2016</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">STENOGRAPHER(NCA NOTIFICATION)KERALA STATE BEVERAGES(MANUFACTURING &amp; MARKETING)CORPORATION LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 21/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6.04/05/2017 Thursday 10.30 AM TO 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:294/2016</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LOWER DIVISION TYPIST KERALA WATER AUTHORITY(SR FOR ST ONLY)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 21/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7.05/05/2017 Friday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:133/15</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LECTURER IN SANSKRIT(GENERAL)COLLEGIATE EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
@@ -832,76 +859,80 @@
         <w:t xml:space="preserve">(Medium of Questions Part I &amp; II Sanskrit Part III&amp; IV English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 21/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8.06/05/2017 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:122/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LOWER DIVISION CLERK(SR for SC/ST)VARIOUS DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
@@ -1040,76 +1071,80 @@
         <w:t xml:space="preserve">Download Admission Tickets from 27/03/17 to 16/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates must bear in mind that the facility to generate admission tickets will be disabled from the midnight of 16/04/2017 Permission for attending the test will be forfeited to candidates who fail to generate their admission tickets on or before 16/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9.06/05/2017 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:413/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LOWER DIVISION CLERK/VILLAGE ASSISTANT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
@@ -1163,76 +1198,80 @@
         <w:t xml:space="preserve">Download Admission Tickets from 27/03/17 to 16/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Candidates must bear in mind that the facility to generate admission tickets will be disabled from the midnight of 16/04/2017 Permission for attending the test will be forfeited to candidates who fail to generate their admission tickets on or before 16/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10.09/05/2017 Tuesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:539/12</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JUNIOR INSTRUCTOR(HOSPITAL HOUSEKEEPING)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
@@ -1456,76 +1495,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 26/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">11.11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:381/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WOMEN POLICE CONSTABLE(ARMED POLICE BATTALION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
@@ -1647,562 +1690,590 @@
         <w:t xml:space="preserve">(Medium of Questions Part I &amp; II Malayalam/Tamil/Kannada &amp; Part III English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">12.11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:382/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WOMEN POLICE CONSTABLE(ARMED POLICE BATTALION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">POLICE DEPARTMENT(NCA NOTIFICATION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">13. 11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:383/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WOMEN POLICE CONSTABLE(ARMED POLICE BATTALION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">POLICE DEPARTMENT(NCA NOTIFICATION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14. 11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:384/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WOMEN POLICE CONSTABLE(ARMED POLICE BATTALION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">POLICE DEPARTMENT(NCA NOTIFICATION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">15. 11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:385/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WOMEN POLICE CONSTABLE(ARMED POLICE BATTALION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">POLICE DEPARTMENT(NCA NOTIFICATION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">16. 11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:386/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WOMEN POLICE CONSTABLE(ARMED POLICE BATTALION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">POLICE DEPARTMENT(NCA NOTIFICATION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">17. 11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:526/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WOMEN POLICE CONSTABLE(ARMED POLICE BATTALION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">POLICE DEPARTMENT(NCA NOTIFICATION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">18.11/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:403/13</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OPERATION THEATRE TECHNICIAN GRADE II</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
@@ -2222,76 +2293,80 @@
         <w:t xml:space="preserve">INSURANCE MEDICAL SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 28/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">19.12/05/2017 Friday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:503/15</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LABORATORY TECHNICIAN(PHARMACY)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
@@ -2379,76 +2454,80 @@
         <w:t xml:space="preserve">Part II:General Knowledge,Current Affairs &amp; Renaissance in Kerala</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 29/04/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">20.16/05/2017 Tuesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:335/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TYPIST KERALA FOREST DEVELOPMENT CORPORATION LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
@@ -2519,148 +2598,156 @@
         <w:t xml:space="preserve">Part II:Questions based on Typewriting,Document formatting &amp; Computer Word Processing</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">21.16/05/2017 Tuesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:451/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TYPIST GRADE II VARIOUS GOVERNMENT OWNED COMPANY/CORPORATION/BOARD/SOCIETIES/LOCAL AUTHORITIES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">22.16/05/2017 Tuesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:553/15</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(SR FOR SC ONLY)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
@@ -2680,76 +2767,80 @@
         <w:t xml:space="preserve">VARIOUS DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">23.16/05/2017 Tuesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:540/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(EX-SERVICEMEN ONLY)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
@@ -2769,76 +2860,80 @@
         <w:t xml:space="preserve">SAINIK WELFARE DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 03/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">24.17/05/2017 Wednesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:631/14</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">INSTRUCTOR IN SECRETARIAL PRACTICE AND BUSINESS CORRESPONDENCE TECHNICAL EDUCATION DEPARTMENT</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Syllabus:An Objective Type Test(OMR Valuation)based on the qualification prescribed for the post.</w:t>
       </w:r>
@@ -2911,148 +3006,156 @@
         <w:t xml:space="preserve">(Medium of Questions-English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 04/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">25.17/05/2017 Wednesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:632/14</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">INSTRUCTOR IN COMMERCE TECHNICAL EDUCATION DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from  04/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">26.18/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:455/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PHARMACIST GRADE II INSURANCE MEDICAL SERVICES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
@@ -3140,76 +3243,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 05/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">27.20/05/2017 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:299/2016</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ASSISTANT JAILOR GRADE I/SUPERINTENDENT,SUB JAIL/SUPERVISOR OPEN PRISON/SUPERVISOR BORSTAL SCHOOL/ARMOURER,STATE INSTITUTE OF CORRECTIONAL ADMINISTRATION/LECTURER,STATE INSTITUTE OF CORRECTIONAL ADMINISTRATION/TRAINING OFFICER,STATE INSTITUTE OF CORRECTIONAL ADMINISTRATION/STORE KEEPER,OPEN PRISON(NCA NOTIFICATION)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
@@ -3450,76 +3557,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 06/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">28.20/05/2017 Saturday 01.30 PM to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:300/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ASSISTANT JAILOR GRADE I/SUPERINTENDENT,SUB JAIL/SUPERVISOR</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
@@ -3573,148 +3684,156 @@
         <w:t xml:space="preserve">JAILS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 06/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">29.20/05/2017 Saturday 01.30 PM  to 03.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:435/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JUNIOR EMPLOYMENT OFFICER NATIONAL EMPLOYMENT SERVICES(KERALA)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 06/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">30.23/05/2017 Tuesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:226/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WORK SUPERVISOR STATE FARMING CORPORATION OF KERALA LIMITED</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
@@ -3802,76 +3921,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 10/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">31.24/05/2017 Wednesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:336/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CARPENTRY INSTRUCTOR SOCIAL JUSTICE DEPARMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
@@ -3942,76 +4065,80 @@
         <w:t xml:space="preserve">Part II:General Knowledge,Current Affairs &amp; Renaissance in Kerala (Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 11/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">32.25/05/2017 Thursday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:543/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRADESMAN(COMPUTER ENGINEERING)TECHNICAL EDUCATION DEPARTMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
@@ -4099,76 +4226,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 12/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">33.26/05/2017 Friday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:345/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRADESMAN(ELECTRONICS)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
@@ -4273,76 +4404,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 12/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">34.30/05/2017 Tuesday 10.30 AM to 12.15 PM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:346/16</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TRADESMAN(CHEMICAL ENGINEERING)TECHNICAL EDUCATION DEPARMENT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
@@ -4430,76 +4565,80 @@
         <w:t xml:space="preserve">(Medium of Questions:English)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Download Admission Tickets from 17/05/2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">35.31/05/2017 Wednesday 9.30 AM to 11.05 AM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Category Number:424/13</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONFIDENTIAL ASSISTANT GRADE II(SPECIAL RECRUITMENT FOR SC/ST AND ST ONLY)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
@@ -4746,202 +4885,217 @@
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="720" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.FACEBOOK.COM/EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">  ,IF YOU SHARE TO YOUR FRIENDS.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">THANKS FOR YOUR SUPPORT.VISIT </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.EXAMCHOICES.IN</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4950,163 +5104,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/EXAMCHOICES.IN" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.examchoices.in" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>