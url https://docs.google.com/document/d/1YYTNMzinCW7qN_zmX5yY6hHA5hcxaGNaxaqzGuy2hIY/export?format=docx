--- v0 (2025-10-05)
+++ v1 (2025-12-02)
@@ -1,138 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMAT PENENTUAN KRITERIA KETUNTASAN </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mata Pelajaran B.Indonesia kelas IX</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-45"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompetensi Inti :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="15941.000000000004" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-115.0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="26"/>
         <w:gridCol w:w="695"/>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="456"/>
         <w:gridCol w:w="3783"/>
         <w:gridCol w:w="5397"/>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="1129"/>
         <w:gridCol w:w="935"/>
         <w:gridCol w:w="765"/>
@@ -444,216 +453,221 @@
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kompetensi Dasar</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Indikator</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kriteria Ketuntasan KKM</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KKM</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
@@ -779,278 +793,289 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Komplek</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sitas</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="33"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Daya Dukung</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Intake</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="105"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sikap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pengetahuan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="58" w:right="-52"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Keterampilan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
@@ -1089,65 +1114,69 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="386" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pemodelan Tes Eksemplum</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -1161,51 +1190,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -1213,818 +1244,878 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="94"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="94"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="94"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah    Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Memiliki perilaku jujur dan percaya diri dalam menangani kejadian dan memberikan makna kejadian dalam konteks budaya masyarakat </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami  teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membedakan teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengklasifikasi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="437" w:right="0" w:hanging="437"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menangkap makna  teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="56"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepada tuhan Yang Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="57"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh-sungguh dalam proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="52"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa  berprilaku tidak mengambil hak orang lain</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="52"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menyatakan sesuatu apa adanya. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="52"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menghargai pendapat orang dalam diskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="52"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa berinisiatif dalam bahasan memecahkan masalah. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:hanging="633"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
@@ -2060,237 +2151,255 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="53"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...12 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membandingkan teks eksemplum dengan teks Fabel</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis isi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis bahasa teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="54"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:right="0" w:hanging="633"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyimpulkan   makna, kata, kalimat dan  istilah dalam</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="633" w:hanging="633"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="221f1f"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2503,65 +2612,69 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="296" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Eksemplum Secara  Kelompok</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -2575,51 +2688,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -2627,1560 +2742,1674 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah    Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="63"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki perilaku jujur dan percaya diri dalam menangani kejadian dan memberikan makna kejadian dalam konteks budaya masyarakat </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="58"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman  percobaan baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="59"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  berdasarkan kaidah-kaidah teks baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="60"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  sesuai dengan karakteristik teks yang akan dibuat baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="60"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah dan merevisi teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="60"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="434" w:right="0" w:hanging="434"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meringkas teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="62"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="577" w:right="0" w:hanging="577"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="65"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="577" w:right="0" w:hanging="577"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepaad tuhan Ynag maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="577" w:right="0" w:hanging="577"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunujuka sikkap bersungguh sunggguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="64"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="577" w:right="0" w:hanging="577"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa  berprilaku tidak mengambil hak orang lain</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="64"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menyatakan sesuatu apa adanya. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="64"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menghargai pendapat orang  dalam diskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="64"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa berinisiatif dalam bahasan memecahkan masalah. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi struktur isi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi ciri bahasa teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="59"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks eksemplum dari aspek kelengkapan struktur isi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="59"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks eksemplum dari aspek penggunaan bahasa (pilihan kata, keefektifan kalimat, kepaduan paragraf)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="59"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks eksemplum dari aspek penerapan ejaan dan tanda baca</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="61"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/mengurutkan teks eksemplum berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="61"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum dengan memperhatikan ketepatan struktur teks.: orientasi, insiden, dan interpretasi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah unsur-unsur instrinsik sesuai dengan struktur isi teks teks  eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah bahasa sesuai dengan: struktur kalimat, ejaan, dan tanda baca</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Merevisi isi dan bahasa teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="60"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah langkah dalam meringkas materi </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="60"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan  makna  teks eksemplum</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
@@ -4380,65 +4609,69 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="386" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Eksemplum Secara Mandiri</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -4452,51 +4685,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -4504,1324 +4739,1424 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah    Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1  Memiliki perilaku jujur dan percaya diri dalam menangani kejadian dan memberikan  makna kejadian dalam konteks budaya masyarakat </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1 Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.2 Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">       sesuai dengan karakteristik teks yang akan dibuat baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.3 Menelaah dan merevisi eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.4 Meringkas teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="66"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="70"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepada Tuhan Yang Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sunggguh dalam proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="67"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa  berprilaku tidak mengambil hak orang lain</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="67"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menyatakan sesuatu apa adanya. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="67"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menghargai pendapat orang  dalam diskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="67"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa berinisiatif dalam bahasan memecahkan masalah. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami struktur isi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahmi makna isi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="68"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/mengurutkan teks eksemplum berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="68"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum dengan memperhatikan ketepatan struktur teks.: orientasi, insiden, dan interpretasi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah unsur-unsur instrinsik sesuai dengan struktur isi teks teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah bahasa sesuai dengan: struktur kalimat, ejaan, dan tanda baca</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Merevisi isi dan bahasa teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="69"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah langkah dalam meringkas materi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="69"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan teks eksemplum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
             <w:pPr>
@@ -6022,63 +6357,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="296" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pemodelan Teks Tanggapan Kritis</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -6092,51 +6431,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -6144,1083 +6485,1163 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="72"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="72"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="72"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah    Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="67"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="0"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki perilaku cinta tanah air dan semangat kebangsaan atas karya budaya masyarakat Indonesia yang penuh makna dalam hal pesan dan nilai-nilai budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="77"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami  teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan   baik  melalui lisan  maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="77"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membedakan teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan     baik melalui lisan Maupun  tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="77"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengklasifikasi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="75"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:right="0" w:hanging="344"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menangkap makna teks eksemplum tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="78"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepada Tuhan Yang Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="72"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sungguh dalam proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="76"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap mencintai bahasa Indonesia dengan  mengguakan bahasa Indonesia sesuai dengan kaidah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="76"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap semangat kebangsaan dengan menghargai nilai nilai budaya di lingkungan sendiri</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="71"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi struktur isi teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="71"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi ciri bahasa teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="74"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membandingkan teks tanggapan kritis dengan teks diskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis isi teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis bahasa teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="73"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyimpulkan makna, kata dan istilah dalam</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="543" w:right="0" w:hanging="543"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
@@ -7420,63 +7841,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="386" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Tanggapan Secara Bersama</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -7490,51 +7915,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -7542,1569 +7969,1691 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="83"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="83"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="83"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="84"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="0"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki perilaku cinta tanah air dan semangat kebangsaan atas karya budaya masyarakat Indonesia yang penuh makna dalam hal pesan dan nilai-nilai budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="86"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="85"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan berdasarkan kaidah-kaidah teks baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="73"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan sesuai dengan karakteristik teks yang akan dibuat baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="73"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah dan merevisi teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="73"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meringkas teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="87"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepaad tuhan Ynag maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="83"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikkap bersungguh sungguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="79"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap mencintai bahasa Indonesia dengan  menggukan bahasa Indonesia sesuai dengan kaidah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="79"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap semangat kebangsaan dengan menghargai nilai nilai budaya di lingkunagn sendiri</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami struktur isi teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="80"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tanggapan kritis</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> dari aspek kelengkapan struktur isi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="80"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tanggapan kritis</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> dari aspek penggunaan bahasa (pilihan kata, keefektifan kalimat, kepaduan paragraf)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="80"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tanggapan kritis</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> dari aspek penerapan ejaan dan tanda baca</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="81"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/mengurutkan teks tanggapan kritis berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="81"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks tanggapan kritis dengan memperhatikan ketepatan struktur teks.: orientasi, aksiden, dan interpretasi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">berdasarkan struktur teks, unsure kebahasaan, dan fungsi sosial</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">berdasarkan unsur kebahasaan.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">berdasarkan fungsi sosial teks.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Merevisi isi dan bahasa teks tanggapan kritis.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="82"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah langkah dalam meringkas materi.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="82"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="652" w:right="0" w:hanging="652"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan teks tanggapan kritis secara lisan dan tulisan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
             <w:pPr>
@@ -9301,63 +9850,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000139">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="49"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="386" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Tanggapan Kritis Secara Mandiri</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -9371,51 +9924,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -9423,1289 +9978,1385 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000145">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="93"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000146">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="93"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000147">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="93"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000148">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="92"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="0"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki perilaku cinta tanah air dan semangat kebangsaan atas karya budaya masyarakat Indonesia yang penuh makna dalam hal pesan dan nilai-nilai budaya</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000149">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="95"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="75"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  sesuai dengan karakteristik teks yang akan dibuat baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="75"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah dan merevisi  teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="75"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meringkas tekseksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="88"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="492" w:right="0" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000150">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="96"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="492" w:right="0" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepada tuhan Ynag maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000151">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="93"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="492" w:right="0" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sunggguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000152">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="89"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap mencintai bahasa Indonesia dengan  menggunakan bahasa Indonesia sesuai dengan kaidah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000153">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="89"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap semangat kebangsaan dengan menghargai nilai nilai budaya di lingkunagn sendiri.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000154">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi struktur isi teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami makna isi teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000156">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="90"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/ mengurutkan teks tanggapan kritis berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000157">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="90"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks tanggapan kritis dengan memperhatikan ketepatan struktur teks: orientasi, evaluasi, tafsiran dan simpulan.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000158">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis berdasarkan struktur teks</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000159">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis berdasarkan unsur kebahasaan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">berdasarkan fungsi sosial teks.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Merevisi isi dan bahasa teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="91"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah langkah dalam meringkas materi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="91"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="493" w:right="0" w:hanging="567"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan makna teks tanggapan kritis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015E">
             <w:pPr>
@@ -10906,63 +11557,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000166">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="50"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="296" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pemodelan Teks Tantangan </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -10976,51 +11631,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000170">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -11028,1100 +11685,1182 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000172">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="100"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000173">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="100"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="100"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000175">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="89"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki perilaku demokratis, kreatif, dan santun dalam membantah sebuah sudut pandang tentang suatu masalah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000176">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="101"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami  teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000177">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="101"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membedakan tekseksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000178">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="101"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengklasifikasi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="102"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menangkap makna teks eksemplum tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan Bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="103"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepada Tuhan Yang Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="100"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sunggguh dalam proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="98"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap menghargai pendapat orang lain</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000180">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="98"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap santun dalam mengemukakan pendapat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000181">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="98"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap kreatif dalam melaksanakan tugas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000182">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="97"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi struktur isi teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000183">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="97"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi ciri bahasa teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000184">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="99"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membandingkan teks tantangan dengan teks eksposisi dan teks diskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="85"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis isi teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="85"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis bahasa teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyimpulkan   makna, kata dan istilah dalam </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">teks tantangan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000188">
             <w:pPr>
@@ -12318,63 +13057,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000190">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="50"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="296" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Tantangan Secara Kelompok</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="980" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -12388,51 +13131,53 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -12440,1663 +13185,1791 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="104"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="104"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="104"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="106"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki perilaku demokratis, kreatif, dan santun dalam membantah sebuah sudut pandang tentang suatu masalah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="107"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="101"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan berdasarkan kaidah-kaidah teks baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  sesuai dengan  karakteristik teks yang akan dibuat baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah dan merevisi  teks eksemplum tanggapan kritis, tantangan, dan rekaman percobaan  sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meringkas teks  eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="41"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="109"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggunakan bahasa Indonesia sebagai wujud rasa syukur kepada Tuhan Ynag Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="104"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sunggguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="106"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap menghargai pendapat orang lain</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="106"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap santun dalam mengemukakan pendapat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="106"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap kreatif dalam melaksanakan tugas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami struktur isi teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="40"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menangkap makna isi teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="101"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tantangan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> dari aspek kelengkapan struktur isi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="101"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tantangan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> dari aspek penggunaan bahasa (pilihan kata, keefektifan kalimat, kepaduan paragraf)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="101"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tantangan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> dari aspek penerapan ejaan dan tanda baca</w:t>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="108"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/mengurutkan teks tantangan berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="108"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks tantangan dengan memperhatikan ketepatan struktur teks.: pengantar, argumen, simpulan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="110"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tantangan kritis berdasarkan struktur teks</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="110"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tantangan kritis berdasarkan unsur kebahasaan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="110"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tantangan </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">berdasarkan fungsi sosial teks.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="110"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Merevisi isi dan bahasa teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah langkah dalam meringkas materi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="55"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan makna teks tantangan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BA">
             <w:pPr>
@@ -14331,63 +15204,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="50"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="386" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Tantangan secara mandiri </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="840" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -14399,99 +15276,103 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -14499,1322 +15380,1420 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="111"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="111"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="111"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="112"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki perilaku demokratis, kreatif, dan santun dalam membantah sebuah sudut pandang tentang suatu masalah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="113"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="102"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  sesuai dengan karakteristik teks yang akan dibuat baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="102"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah dan tekseksemplum, tanggapan kritis, tantangan, dan rekaman percobaan sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="102"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meringkas teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="114"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="115"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggunakan bahasa Indonesia sebagai wujud rasa syukur kepada Tuhan Ynag Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sunggguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap menghargai pendapat orang lain</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap santun dalam mengemukakan pendapat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap kreatif dalam melaksanakan tugas </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="113"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami struktur isi teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="113"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami makna isi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/mengurutkan teks tantangan berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks tantangan dengan memperhatikan  ketepatan struktur teks: pengantar, argumen, dan simpulan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis berdasarkan struktur teks</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis berdasarkan unsur kebahasaan.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis berdasarkan fungsi sosial teks</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Merevisi isi dan bahasa teks tantangan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="102"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah-langkah dalam meringkas materi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="102"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan teks tantangan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E8">
             <w:pPr>
@@ -16053,63 +17032,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="51"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="296" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pemodelan Teks Rekaman Percobaan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -16121,99 +17104,103 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -16221,434 +17208,466 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="112"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki rasa percaya diri dan semangat dalam kegiatan ilmiah dan menceritakan kembali kesimpulan hasil kegiatan ilmiah </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000200">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami  eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000201">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membedakan tekseksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000202">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengklasifikasi teks eksemplum</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000203">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="101" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menangkap   makna  teks  eksemplum tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -16657,612 +17676,658 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000206">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="45"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000207">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepada Tuhan Yang Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000208">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sungguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000209">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap percaya diri dalam kegiatan pembelajaran  khususnya saat berdiskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Senantiasa bersemangat dalam kegiatan pemebajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="107"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi struktur isi teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="107"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi ciri bahasa teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membandingkan teks rekaman percobaan dengan teks prosedur </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis isi teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menganalisis bahasa teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000210">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="535" w:right="0" w:hanging="535"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...13 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyimpulkan makna, kata dan istilah dalam</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000211">
             <w:pPr>
@@ -17497,63 +18562,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000219">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="51"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="296" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Rekaman Percobaan Secara Kelompok</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -17565,99 +18634,103 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000223">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000224">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -17665,1498 +18738,1610 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000225">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000226">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000227">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000228">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki rasa percaya diri dan semangat dalam kegiatan ilmiah dan menceritakan kembali kesimpulan hasil kegiatan ilmiah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000229">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik melalui lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan berdasarkan kaidah-kaidah teks baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan   sesuai dengan karakteristik teks yang akan dibuat baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah dan merevisi teks  eksemplum tanggapan kritis, tantangan, dan rekaman percobaan  sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meringkas teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan    baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000230">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000231">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">syukur kepada Tuhan Yang Maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000232">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sungguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000233">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap percaya diri dalam kegiatan pembelajaran  khusus nya saat berdiskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000234">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Senantiasa bersemangat dalam kegiatan pembelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000235">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi struktur isi teks rekaman percobaan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000236">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks rekaman percobaan dari aspek kelengkapan struktur isi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000237">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks rekaman percobaan dari aspek penggunaan bahasa (pilihan kata, keefektifan kalimat, kepaduan paragraf)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000238">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="1517"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengidentifikasi kekurangan teks rekaman percobaan dari aspek penerapan ejaan dan tanda baca</w:t>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000239">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/ mengurutkan teks rekaman percobaan berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks rekaman percobaan dengan memperhatikan ketepatan struktur teks.: Pendahuluan, landasan teori/kajian pustaka, metodologi penelitian, paparan data simpulan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks rekaman percobaan berdasarkan struktur teks</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks rekaman percobaan berdasarkan unsur kebahasaan.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks tanggapan kritis berdasarkan fungsi sosial teks</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Merevisi isi dan bahasa teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah langkah dalam meringkas materi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000240">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan  makna  teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000241">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="562" w:right="0" w:hanging="562"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
@@ -19394,63 +20579,67 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="51"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="296" w:right="0" w:hanging="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Penyusunan Teks Rekaman Percobaan Secara Mandiri</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -19462,99 +20651,103 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000254">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000255">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -19562,1211 +20755,1301 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000256">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan Yang Maha Esa untuk mempersatukan bangsa Indonesia di tengah keberagaman bahasa dan budaya </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000257">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana memahami informasi lisan dan tulis </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000258">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai dan mensyukuri keberadaan bahasa Indonesia sebagai anugerah Tuhan yang Maha Esa sebagai sarana menyajikan informasi lisan dan tulis</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000259">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memiliki rasa percaya diri dan semangat dalam kegiatan ilmiah dan menceritakan kembali kesimpulan hasil kegiatan ilmiah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan   baik melalui lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="105"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan sesuai dengan karakteristik teks yang akan dibuat baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="105"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah dan merevisi teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan   sesuai dengan struktur dan kaidah teks baik secara lisan maupun tulisan </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="105"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:right="0" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meringkas teks eksemplum, tanggapan kritis, tantangan, dan rekaman percobaan  baik secara lisan maupun tulisan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000260">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Terbiasa menggunakan bahasa Indonesia dengan baik dan benar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000261">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menggukan bahasa Indonesia sebagai wujud rasa syukur kepada tuhan Ynag maha Esa</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000262">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap bersungguh sungguh dalam Proses  pembelajaran di kelas </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000263">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukan sikap percaya diri dalam kegiatan pembelajaran  khususnya saat berdiskusi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000264">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="221f1f"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">senantiasa bersemangat dalam kegiatan pembalajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000265">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami struktur isi teks rekanan percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000266">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Memahami makna isi teks rekanan percobaan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000267">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun/mengurutkan teks rekaman percobaaan berdasarkan data yang telah tersedia.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000268">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyusun teks rekaman percobaan dengan memperhatikan  ketepatan struktur teks.: Pendahuluan, landasar teori/kajian pustaka, metodologi penelitian, paparan data simpulan</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000269">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks rekaman percobaan berdasarkan struktur teks</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="561" w:right="0" w:hanging="561"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks rekaman percobaan berdasarkan unsur kebahasaan.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menelaah isi teks rekaman percobaan berdasarkan fungsi sosial teks</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="231f20"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="105"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat langkah langkah dalam meringkas materi</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="105"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="545" w:right="0" w:hanging="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...14 lines deleted...]
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Membuat ringkasan  makna  teks rekaman percobaan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026E">
             <w:pPr>
@@ -20921,312 +22204,333 @@
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1701"/>
           <w:tab w:val="left" w:leader="none" w:pos="1843"/>
           <w:tab w:val="left" w:leader="none" w:pos="3686"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000275">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1701"/>
           <w:tab w:val="left" w:leader="none" w:pos="1843"/>
           <w:tab w:val="left" w:leader="none" w:pos="3686"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompleksitas</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tinggi= 1;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000276">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1701"/>
           <w:tab w:val="left" w:leader="none" w:pos="1843"/>
           <w:tab w:val="left" w:leader="none" w:pos="3686"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Daya dukung</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Tinggi= 3;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000277">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1701"/>
           <w:tab w:val="left" w:leader="none" w:pos="1843"/>
           <w:tab w:val="left" w:leader="none" w:pos="3686"/>
           <w:tab w:val="left" w:leader="none" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Intake</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Tinggi= 3;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Sedang= 2;</w:t>
         <w:tab/>
         <w:t xml:space="preserve">Rendah =1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000278">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000279">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -21378,69 +22682,72 @@
           <w:color w:val="ff0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000281">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">…………………………………………….</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">…………………………………………….</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000282">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="10065"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -32459,50 +33766,51 @@
     <w:abstractNumId w:val="109"/>
   </w:num>
   <w:num w:numId="110">
     <w:abstractNumId w:val="110"/>
   </w:num>
   <w:num w:numId="111">
     <w:abstractNumId w:val="111"/>
   </w:num>
   <w:num w:numId="112">
     <w:abstractNumId w:val="112"/>
   </w:num>
   <w:num w:numId="113">
     <w:abstractNumId w:val="113"/>
   </w:num>
   <w:num w:numId="114">
     <w:abstractNumId w:val="114"/>
   </w:num>
   <w:num w:numId="115">
     <w:abstractNumId w:val="115"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -32510,166 +33818,175 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="903" w:hanging="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="4f81bd"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1080" w:hanging="718"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>