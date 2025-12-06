--- v0 (2025-10-07)
+++ v1 (2025-12-06)
@@ -1,129 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="144" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="45" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Just because you </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">can </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">share something online doesn’t mean that you </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">should</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">! </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -147,235 +155,240 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="144" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="45" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1) Circle the place you would most like to visit online </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4133850</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2000250" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="5" name="image3.png"/>
+            <wp:docPr id="5" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="14761" l="67418" r="2961" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2000250" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-561974</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2162175" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="8" name="image3.png"/>
+            <wp:docPr id="8" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="14761" l="0" r="67983" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2162175" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1600200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2457450" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="4" name="image3.png"/>
+            <wp:docPr id="4" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="14761" l="31170" r="32440" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2457450" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="144" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="45" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Permanent Marker" w:cs="Permanent Marker" w:eastAsia="Permanent Marker" w:hAnsi="Permanent Marker"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Permanent Marker" w:cs="Permanent Marker" w:eastAsia="Permanent Marker" w:hAnsi="Permanent Marker"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Permanent Marker" w:cs="Permanent Marker" w:eastAsia="Permanent Marker" w:hAnsi="Permanent Marker"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The Jungle</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">        Outer Space</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">         The Ocean</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -399,61 +412,63 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="144" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="45" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2) Can you spot the private information? Mark “X” through the information that you should not share with people you do not know well. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="144" w:line="276" w:lineRule="auto"/>
@@ -973,62 +988,65 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="144" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="45" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3) On the back of this paper, draw something that you enjoy and want to share on the Internet. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId8" w:type="default"/>
       <w:footerReference r:id="rId9" w:type="default"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="0" w:top="0" w:left="1440" w:right="1440" w:header="720" w:footer="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:equalWidth="0" w:num="1">
         <w:col w:space="0" w:w="9360"/>
       </w:cols>
     </w:sectPr>
@@ -1242,59 +1260,61 @@
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:shd w:fill="00adbc" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="100.0" w:type="dxa"/>
             <w:left w:w="100.0" w:type="dxa"/>
             <w:bottom w:w="100.0" w:type="dxa"/>
             <w:right w:w="100.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="0" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Keep It Private</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="0"/>
             <w:spacing w:before="0" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:color w:val="ffffff"/>
@@ -1309,64 +1329,65 @@
       <w:tc>
         <w:tcPr>
           <w:shd w:fill="00adbc" w:val="clear"/>
           <w:tcMar>
             <w:top w:w="100.0" w:type="dxa"/>
             <w:left w:w="100.0" w:type="dxa"/>
             <w:bottom w:w="100.0" w:type="dxa"/>
             <w:right w:w="100.0" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:sz w:val="22.799999237060547"/>
               <w:szCs w:val="22.799999237060547"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                 <wp:extent cx="547688" cy="457903"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                <wp:docPr id="1" name="image1.png"/>
+                <wp:docPr id="1" name="image3.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="image1.png"/>
+                        <pic:cNvPr id="0" name="image3.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect b="0" l="27127" r="28191" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="547688" cy="457903"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
@@ -1378,213 +1399,222 @@
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
@@ -1682,59 +1712,59 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-regular.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>