--- v1 (2025-12-06)
+++ v2 (2026-01-25)
@@ -190,140 +190,140 @@
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1) Circle the place you would most like to visit online </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4133850</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2000250" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="5" name="image1.png"/>
+            <wp:docPr id="5" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="14761" l="67418" r="2961" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2000250" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-561974</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2162175" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="8" name="image1.png"/>
+            <wp:docPr id="8" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="14761" l="0" r="67983" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2162175" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1600200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2457450" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="4" name="image1.png"/>
+            <wp:docPr id="4" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="14761" l="31170" r="32440" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2457450" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
@@ -528,56 +528,56 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="144" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1457325" cy="1257300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image2.png"/>
+                  <wp:docPr id="6" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="4329" l="0" r="76661" t="36796"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1457325" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -685,56 +685,56 @@
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="971550" cy="1104900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="7" name="image2.png"/>
+                  <wp:docPr id="7" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="36796" l="48744" r="36189" t="12987"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="971550" cy="1104900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -773,56 +773,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="742950" cy="800100"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image2.png"/>
+                  <wp:docPr id="2" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="61471" l="65288" r="23190" t="2164"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="742950" cy="800100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -869,56 +869,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1938338" cy="706497"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image2.png"/>
+                  <wp:docPr id="3" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="25974" l="62776" r="5612" t="40259"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1938338" cy="706497"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1338,56 +1338,56 @@
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
           <w:pPr>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               <w:sz w:val="22.799999237060547"/>
               <w:szCs w:val="22.799999237060547"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:b w:val="1"/>
               <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                 <wp:extent cx="547688" cy="457903"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                <wp:docPr id="1" name="image3.png"/>
+                <wp:docPr id="1" name="image2.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="image3.png"/>
+                        <pic:cNvPr id="0" name="image2.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:srcRect b="0" l="27127" r="28191" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="547688" cy="457903"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
@@ -1712,59 +1712,59 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-regular.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>