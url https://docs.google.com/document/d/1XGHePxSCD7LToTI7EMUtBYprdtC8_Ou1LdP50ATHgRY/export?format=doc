--- v2 (2026-01-25)
+++ v3 (2026-03-19)
@@ -190,145 +190,145 @@
           <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1) Circle the place you would most like to visit online </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4133850</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2000250" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="5" name="image3.png"/>
+            <wp:docPr id="5" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
-                    <a:srcRect b="14761" l="67418" r="2961" t="0"/>
+                    <a:srcRect b="14762" l="67419" r="2962" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2000250" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-561974</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2162175" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="8" name="image3.png"/>
+            <wp:docPr id="8" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
-                    <a:srcRect b="14761" l="0" r="67983" t="0"/>
+                    <a:srcRect b="14762" l="0" r="67983" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2162175" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1600200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>409575</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2457450" cy="1704975"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapTopAndBottom distB="114300" distT="114300"/>
-            <wp:docPr id="4" name="image3.png"/>
+            <wp:docPr id="4" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
-                    <a:srcRect b="14761" l="31170" r="32440" t="0"/>
+                    <a:srcRect b="14762" l="31171" r="32440" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2457450" cy="1704975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
@@ -528,61 +528,61 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="144" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="45" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:cs="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1457325" cy="1257300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image1.png"/>
+                  <wp:docPr id="6" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
-                          <a:srcRect b="4329" l="0" r="76661" t="36796"/>
+                          <a:srcRect b="4329" l="0" r="76662" t="36797"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1457325" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
@@ -685,61 +685,61 @@
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="971550" cy="1104900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="7" name="image1.png"/>
+                  <wp:docPr id="7" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
-                          <a:srcRect b="36796" l="48744" r="36189" t="12987"/>
+                          <a:srcRect b="36797" l="48744" r="36189" t="12987"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="971550" cy="1104900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
@@ -773,61 +773,61 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="742950" cy="800100"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image1.png"/>
+                  <wp:docPr id="2" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
-                          <a:srcRect b="61471" l="65288" r="23190" t="2164"/>
+                          <a:srcRect b="61472" l="65288" r="23191" t="2165"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="742950" cy="800100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -869,61 +869,61 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Kalam" w:cs="Kalam" w:eastAsia="Kalam" w:hAnsi="Kalam"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1938338" cy="706497"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image1.png"/>
+                  <wp:docPr id="3" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
-                          <a:srcRect b="25974" l="62776" r="5612" t="40259"/>
+                          <a:srcRect b="25974" l="62777" r="5613" t="40260"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1938338" cy="706497"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
@@ -1348,51 +1348,51 @@
               <w:szCs w:val="22.799999237060547"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:b w:val="1"/>
               <w:bCs w:val="1"/>
               <w:color w:val="ffffff"/>
               <w:sz w:val="48"/>
               <w:szCs w:val="48"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                 <wp:extent cx="547688" cy="457903"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:docPr id="1" name="image2.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="image2.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
-                        <a:srcRect b="0" l="27127" r="28191" t="0"/>
+                        <a:srcRect b="0" l="27128" r="28191" t="0"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="547688" cy="457903"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
@@ -1712,51 +1712,51 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Montserrat-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-regular.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Kalam-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>