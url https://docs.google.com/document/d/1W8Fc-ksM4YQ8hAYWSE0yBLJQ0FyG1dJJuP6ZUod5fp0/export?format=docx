--- v0 (2025-10-17)
+++ v1 (2025-12-12)
@@ -1,2013 +1,2101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OPERATING AGREEMENT FOR MEMBER-MANAGED LIMITED LIABILITY COMPANY</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I. PRELIMINARY PROVISIONS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Effective Date: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This operating agreement of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">___________________________________________________ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">effective </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, is adopted by the members whose signatures appear at the end of this agreement (the “Agreement”).</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Formation: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This limited liability company (LLC) was formed by filing Articles of Organization, a Certificate of Formation or a similar organizational document with the LLC filing office of the state of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.  A copy of this organizational document has been placed in the LLC's records book.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Name: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The formal name of this LLC is as stated above. However, this LLC may do business under a different name by complying with the state's fictitious or assumed business name statutes and procedures.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) Registered Office and Agent: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The registered office of this LLC and the registered agent at this address are as follows: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The registered office and agent may be changed from time to time as the members may see fit, by filing a change of registered agent or office form with the state LLC filing office. It will not be necessary to amend this provision of the operating agreement if and when such a change is made.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(5) Business Purposes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The specific business purposes and activities contemplated by the founders of this LLC at the time of initial signing of this agreement consist of the following: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">It is understood that the foregoing statement of purposes shall not serve as a limitation on the powers or abilities of this LLC, which shall be permitted to engage in any and all lawful business activities. If this LLC intends to engage in business activities outside the state of its formation that require the qualification of the LLC in other states, it shall obtain such qualification before engaging in such out-of-state activities.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) Duration of LLC: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The duration of this LLC shall be </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Further, this LLC shall terminate when a proposal to dissolve the LLC is adopted by the membership of this LLC or when this LLC is otherwise terminated in accordance with law.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">II. MEMBERSHIP PROVISIONS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Non-liability of Members: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">No member of this LLC shall be personally liable for the expenses, debts, obligations or liabilities of the LLC, or for claims made against it.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Reimbursement for Organizational Costs: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Members shall be reimbursed by the LLC for organizational expenses paid by the members. The LLC shall be authorized to elect to deduct organizational expenses and start-up expenditures ratably over a period of time as permitted by the Internal Revenue Code and as may be advised by the LLC's tax advisor.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Management: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This LLC shall be managed exclusively by all of its members</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) Members' Percentage Interests: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A member's percentage interest in this LLC shall be computed as a fraction, the numerator of which is the total of a member's capital account and the denominator of which is the total of all capital accounts of all members. This fraction shall be expressed in this agreement as a percentage, which shall be called each member's "percentage interest" in this LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(5) Membership Voting: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Except as otherwise may be required by the Articles of Organization, Certificate of Formation or a similar organizational document, other provisions of this operating agreement, or under the laws of this state, each member shall vote on any matter submitted to the membership for approval in proportion to the member's percentage interest in this LLC. Further, unless defined otherwise for a particular provision of this operating agreement, the phrase "majority of members" means the vote of members whose combined votes equal more than 50% of the votes of all members in this LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) Compensation: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Members shall not be paid as members of the LLC for performing any duties associated with such membership, including management of the LLC. Members may be paid, however, for any services rendered in any other capacity for the LLC, whether as officers, employees, independent contractors or otherwise. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(7) Members' Meetings: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The LLC shall not provide for regular members' meetings. However, any member may call a meeting by communicating his or her wish to schedule a meeting to all other members. Such notification may be in person or in writing, or by telephone, facsimile machine, or other form of electronic communication reasonably expected to be received by a member, and the other members shall then agree, either personally, in writing, or by telephone, facsimile machine or other form of electronic communication to the member calling the meeting, to meet at a mutually acceptable time and place. Notice of the business to be transacted at the meeting need not be given to members by the member calling the meeting, and any business may be discussed and conducted at the meeting. If all members cannot attend a meeting, it shall be postponed to a date and time when all members can attend, unless all members who do not attend have agreed in writing to the holding of the meeting without them. If a meeting is postponed, and the postponed meeting cannot be held either because all members do not attend the postponed meeting or the non-attending members have not signed a written consent to allow the postponed meeting to be held without them, a second postponed meeting may be held at a date and time announced at the first postponed meeting. The date and time of the second postponed meeting shall also be communicated to any members not attending the first postponed meeting. The second postponed meeting may be held without the attendance of all members as long as a majority of the percentage interests of the membership of this LLC is in attendance at the second postponed meeting. Written notice of the decisions or approvals made at this second postponed meeting shall be mailed or delivered to each non-attending member promptly after the holding of the second postponed meeting. Written minutes of the discussions and proposals presented at a members' meeting, and the votes taken and matters approved at such meeting, shall be taken by one of the members or a person designated at the meeting. A copy of the minutes of the meeting shall be placed in the LLC's records book after the meeting.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) Membership Certificates: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This LLC shall be authorized to obtain and issue certificates representing or certifying membership interests in this LLC. Each certificate shall show the name of the LLC, the name of the member, and state that the person named is a member of the LLC and is entitled to all the rights granted members of the LLC under the Articles of Organization, Certificate of Formation or a similar organizational document, this operating agreement and provisions of law. Each membership certificate shall be consecutively numbered and signed by one or more officers of this LLC. The certificates shall include any additional information considered appropriate for inclusion by the members on membership certificates. In addition to the above information, all membership certificates shall bear a prominent legend on their face or reverse side stating, summarizing or referring to any transfer restrictions that apply to memberships in this LLC under the Articles of Organization, Certificate of Formation or a similar organizational document and/or this operating agreement, and the address where a member may obtain a copy of these restrictions upon request from this LLC.  The records book of this LLC shall contain a list of the names and addresses of all persons to whom certificates have been issued, show the date of issuance of each certificate, and record the date of all cancellations or transfers of membership certificates.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(9) Other Business by Members: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Each member shall agree not to own an interest in, manage or work for another business, enterprise or endeavor, if such ownership or activities would compete with this LLC’s business goals, mission, profitability or productivity, or would diminish or impair the member's ability to provide maximum effort and performance in managing the business of this LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">III. TAX AND FINANCIAL PROVISIONS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Tax Classification </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">LLC: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The members of this LLC intend that this LLC be initially classified as a</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> for federal and, if applicable, state income tax purposes.  It is understood that all members may agree to change the tax treatment of this LLC by signing, or authorizing the signature of, IRS Form 8832, Entity Classification Election, and filing it with the IRS and, if applicable, the state tax department within the prescribed time limits.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Tax Year and Accounting Method: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The tax year of this LLC shall be </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">______________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. The LLC shall use the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">__________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> method of accounting. Both the tax year and the accounting period of the LLC may be changed with the consent of all members if the LLC qualifies for such change, and may be </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">affected</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2019,3424 +2107,3566 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the filing of appropriate forms with the IRS and state tax authorities.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Tax Matters Partner: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If this LLC is required under Internal Revenue Code provisions or regulations, it shall designate from among its members a "tax matters partner" in accordance with Internal Revenue Code Section 6231 (a) (7) and corresponding regulations, who will fulfill this role by being the spokesperson for the LLC in dealings with the IRS as required under the Internal Revenue Code and Regulations, and who will report to the members on the progress and outcome of these dealings.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Income Tax Returns and Reports: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Within 60 days after the end of each tax year of the LLC, a copy of the LLC's state and federal income tax returns for the preceding tax year shall be mailed or otherwise provided to each member of the LLC, together with any additional information and forms necessary for each member to complete his or her individual state and federal income tax returns. If this LLC is classified as a partnership for income tax purposes, this additional information shall include a federal (and, if applicable, state) Form K-1 (Form 1065 - Partner's Share of Income, Credits, Deductions) or equivalent income tax reporting form. This additional information shall also include a financial report, which shall include a balance sheet and profit and loss statement for the prior tax year of the LLC.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(5) Bank Accounts: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The LLC shall designate one or more banks or other institutions for the deposit of the funds of the LLC, and shall establish savings, checking, investment and other such accounts as are reasonable and necessary for its business and investments.  One or more members of the LLC shall be designated with the consent of all members to deposit and withdraw funds of the LLC, and to direct the investment of funds from, into and among such accounts. The funds of the LLC, however and wherever deposited or invested, shall not be commingled with the personal funds of any members of the LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) Title to Assets: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">All personal and real property of this LLC shall be held in the name of the LLC, not in the names of individual members.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">IV. CAPITAL PROVISIONS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Capital Contributions by Members: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Members shall make the following contributions of cash, property or services as shown next to each member's name below. Unless otherwise noted, cash and property described below shall be paid or delivered to the LLC on or by </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. The fair market values of items of property or services as agreed between the LLC and the contributing member are also shown below. The percentage interest in the LLC that each member shall receive in return for his or her capital contribution is also indicated for each member.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NAME &amp; ADDRESS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CONTRIBUTION</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">% INTEREST IN LLC</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1)__________________________</w:t>
         <w:tab/>
         <w:t xml:space="preserve">_________________</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">_____________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(2)__________________________</w:t>
         <w:tab/>
         <w:t xml:space="preserve">_________________</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">_____________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(3)__________________________</w:t>
         <w:tab/>
         <w:t xml:space="preserve">_________________</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">_____________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_____________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Additional Contributions by Members: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The members may agree, from time to time by unanimous vote, to require the payment of additional capital contributions by the members, on or by a mutually agreeable date. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) Failure to Make Contributions: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If a member fails to make a required capital contribution within the time agreed for a member's contribution, the remaining members may, by unanimous vote, agree to reschedule the time for payment of the capital contribution by the late-paying member, setting any additional repayment terms, such as a late payment penalty, rate of interest to be applied to the unpaid balance, or other monetary amount to be paid by the delinquent member, as the remaining members decide. Alternatively, the remaining members may, by unanimous vote, agree to cancel the membership of the delinquent member, provided any prior partial payments of capital made by the delinquent member are refunded promptly by the LLC to the member after the decision is made to terminate the membership of the delinquent member.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) No Interest on Capital Contributions: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">No interest shall be paid on funds or property contributed as capital to this LLC, or on funds reflected in the capital accounts of the members.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(5) Capital Account Bookkeeping: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A capital account shall be set up and maintained on the books of the LLC for each member. It shall reflect each member's capital contribution to the LLC, increased by each member's share of profits in the LLC, decreased by each member's share of losses and expenses of the LLC, and adjusted as required in accordance with applicable provisions of the Internal Revenue Code and corresponding income tax regulations.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) Consent to Capital Contribution Withdrawals and Distributions: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Members shall not be allowed to withdraw any part of their capital contributions or to receive distributions, whether in property or cash, except as otherwise allowed by this agreement and, in any case, only if such withdrawal is made with the written consent of all members.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(7) Allocations of Profits and Losses: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">No member shall be given priority or preference with respect to other members in obtaining a return of capital contributions, distributions or allocations of the income, gains, losses, deductions, credits or other items of the LLC.  The profits and losses of the LLC, and all items of its income, gain, loss, deduction and credit shall be allocated to members according to each member's percentage interest in this LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) Allocation and Distribution of Cash to Members: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Cash from LLC business operations, as well as cash from a sale or other disposition of LLC capital assets, may be distributed from time to time to members in accordance with each member's percentage interest in the LLC, as may be decided by </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the members.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(9) Allocation of Noncash Distributions: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If proceeds consist of property other than cash, the members shall decide the value of the property and allocate such value among the members in accordance with each member's percentage interest in the LLC.  If such noncash proceeds are later reduced to cash, such cash may be distributed among the members as otherwise provided in this agreement.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(10) Allocation and Distribution of Liquidation Proceeds: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Regardless of any other provision in this agreement, if there is a distribution in liquidation of this LLC, or when any member's interest is liquidated, all items of income and loss shall be allocated to the members' capital accounts, and all appropriate credits and deductions shall then be made to these capital accounts before any final distribution is made. A final distribution shall be made to members only to the extent of, and in proportion to, any positive balance in each member's capital account.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">V. MEMBERSHIP WITHDRAWAL AND TRANSFER PROVISIONS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Withdrawal of Members: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A member may withdraw from this LLC by giving written notice to all other members at least </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">__________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> days before the date the withdrawal is to be effective.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Restrictions </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the Transfer of Membership: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A member shall not transfer his or her membership in the LLC unless all non-transferring members in the LLC first agree to approve the admission of the transferee into this LLC. Further, no member may encumber a part or all of his or her membership in the LLC by mortgage, pledge, granting of a security interest, lien or otherwise, unless the encumbrance has first been approved in writing by all other members of the LLC.  Notwithstanding the above provision, any member shall be allowed to assign an economic interest in his or her membership to another person without the approval of the other members. Such an assignment shall not include a transfer of the member's voting or management rights in this LLC, and the assignee shall not become a member of the LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. DISSOLUTION PROVISIONS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Events That Trigger Dissolution </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">the LLC: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The following events shall trigger dissolution of the LLC, except as provided:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) the death, permanent incapacity, bankruptcy, retirement, resignation or expulsion of a</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">member, except that within </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">____________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the happening of any of these events, all remaining members of the LLC may vote to continue the legal existence of the LLC, in which case the LLC shall not dissolve;</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) the expiration of the term of existence of the LLC if such term is specified in the Articles of Organization, Certificate of Formation or a similar organizational document, or this operating agreement;</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(c) the written agreement of all members to dissolve the LLC;</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(d) entry of a decree of dissolution of the LLC under state law.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VII. GENERAL PROVISIONS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) Officers: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The LLC may designate one or more officers, such as a President, Vice President, Secretary and Treasurer. Persons who fill these positions need not be members of the LLC. Such positions may be compensated or non-compensated according to the nature and extent of the services rendered for the LLC as a part of the duties of each office. Ministerial services only as a part of any officer position will normally not be compensated, such as the</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">performance of officer duties specified in this agreement, but any officer may be reimbursed by the LLC for out-of-pocket expenses paid by the officer in carrying out the duties of his or her office.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) Records: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The LLC shall keep at its principal business address a copy of all proceedings of membership meetings, as well as books of account of the LLC's financial transactions. A list of the names and addresses of the current membership of the LLC also shall be maintained at this address, with notations on any transfers of members' interests to nonmembers or persons being admitted into membership in the LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Copies of the LLC's Articles of Organization, Certificate of Formation or a similar organizational document, a signed copy of this operating agreement, and the LLC's tax returns for the preceding three tax years shall be kept at the principal business address of the LLC. A statement also shall be kept at this address containing any of the following information that is applicable to this LLC:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">• the amount of cash or a description and value of property contributed or agreed to be contributed as capital to the LLC by each member; </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">• a schedule showing when any additional capital contributions are to be made by members to this LLC;</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">• a statement or schedule, if appropriate, showing the rights of members to receive distributions representing a return of part or all of members' capital contributions; and</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">• a description of, or date when, the legal existence of the LLC will terminate under provisions in the LLC's Articles of Organization, Certificate of Formation or a similar organizational document, or this operating agreement.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If one or more of the above items is included or listed in this operating agreement, it will be sufficient to keep a copy of this agreement at the principal business address of the LLC without having to prepare and keep a separate record of such item or items at this address.  Any member may inspect any and all records maintained by the LLC upon reasonable notice to the LLC. Copying of the LLC's records by members is allowed, but copying costs shall be paid for by the requesting member.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) All Necessary Acts: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The members and officers of this LLC are authorized to perform all acts necessary to perfect the organization of this LLC and to carry out its business operations expeditiously and efficiently. The Secretary of the LLC, or other officers, or all members of the LLC, may certify to other businesses, financial institutions and individuals as to the authority of one or more members or officers of this LLC to transact specific items of business on behalf of the LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(4) Indemnification:  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The LLC shall indemnify the Member and those authorized officers, agents, and employees of the LLC identified in writing by the Member as entitled to being indemnified under this section for all costs, losses, liabilities and damages paid or accrued by the Member (as the Member or officer, agent, or employee) or any such office, agent, or employee in connection with the business of the LLC, except to the extent prohibited by the laws of the state that governs this Agreement.  In addition, the LLC may advance costs of defense of any proceeding to the Member or any such officer, agent, or employee upon receipt by the LLC of an undertaking by or on behalf of such person to repay such amount if it shall ultimately be determined that the person is not entitled to be indemnified by the LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(5) Mediation and Arbitration </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Disputes Among Members: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In any dispute over the provisions of this operating agreement and in other disputes among the members, if the members cannot resolve the dispute to their mutual satisfaction, the matter shall be submitted to mediation. The terms and procedure for mediation shall be arranged by the parties to the dispute. If good-faith mediation of a dispute proves impossible or if an agreed-upon mediation outcome cannot be obtained by the members who are parties to the dispute, the dispute may be submitted to arbitration in accordance with the rules of the American Arbitration Association. Any party may commence arbitration of the dispute by sending a written request for arbitration to all other parties to the dispute. The request shall state the nature of the dispute to be resolved by arbitration, and, if all parties to the dispute agree to arbitration, arbitration shall be commenced as soon as practical after such parties receive a copy of the written request.  All parties shall initially share the cost of arbitration, but the prevailing party or parties may be awarded attorney fees, costs and other expenses of arbitration. All arbitration decisions shall be final, binding and conclusive on all the parties to arbitration, and legal judgment may be entered based upon such decision in accordance with applicable law in any court having jurisdiction to do so.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(6) Governing Law</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:  This Agreement shall be governed by, and interpreted </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">and enforced</w:t>
@@ -5450,1003 +5680,1038 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with, the substantive laws of the State in which the LLC was formed, without reference to the conflicts of law rules of that or any other jurisdiction.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(7) Entire Agreement: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This operating agreement represents the entire agreement among the members of this LLC, and it shall not be amended, modified or replaced except by a written instrument executed by all the parties to this agreement who are current members of this LLC as well as any and all additional parties who became members of this LLC after the adoption of this agreement. This agreement replaces and supersedes all prior written and oral agreements among any and all members of this LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(8) Severability: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If any provision of this agreement is determined by a court or arbitrator to be invalid, unenforceable or otherwise ineffective, that provision shall be severed from the rest of this agreement, and the remaining provisions shall remain in effect and enforceable.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">VIII. SIGNATURES OF MEMBERS</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Execution of Agreement: In </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">witness whereof, the members of this LLC sign and adopt this agreement as the operating agreement of this LLC.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature: </w:t>
         <w:tab/>
         <w:t xml:space="preserve"> ________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Printed Name: </w:t>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________, Member</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature:  </w:t>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Printed Name: </w:t>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________, Member</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature:  </w:t>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Printed Name: </w:t>
         <w:tab/>
         <w:t xml:space="preserve">________________________________________, Member</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference r:id="rId6" w:type="default"/>
@@ -6462,111 +6727,115 @@
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="720" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="1033"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6574,163 +6843,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>