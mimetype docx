--- v0 (2025-10-27)
+++ v1 (2026-02-28)
@@ -194,59 +194,51 @@
     </w:p>
     <w:p w14:paraId="0DF9A425" w14:textId="77777777" w:rsidR="00486FF8" w:rsidRDefault="00486FF8" w:rsidP="00486FF8">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D1AD82A" w14:textId="421B2514" w:rsidR="00486FF8" w:rsidRDefault="00486FF8" w:rsidP="00486FF8">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t xml:space="preserve">PT. </w:t>
-[...7 lines deleted...]
-        <w:t>MAJU MUNDUR</w:t>
+        <w:t>PT. MAJU MUNDUR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49E389FD" w14:textId="77777777" w:rsidR="00486FF8" w:rsidRDefault="00486FF8" w:rsidP="00486FF8">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39319ABC" w14:textId="77777777" w:rsidR="00486FF8" w:rsidRDefault="00486FF8" w:rsidP="00486FF8">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
@@ -4557,332 +4549,9352 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
         <w:ind w:left="613"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D41D4">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A. Potensi Risiko:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38EC75B7" w14:textId="72EB780A" w:rsidR="00190631" w:rsidRPr="003D41D4" w:rsidRDefault="00190631" w:rsidP="003D41D4">
+    <w:p w14:paraId="66EE91B6" w14:textId="3FCEC0D1" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kecelakaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>karena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumbangnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> material / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tertimpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — mis. material yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>digantung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>peralatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>angkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/rig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6958EED2" w14:textId="341A8C6C" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Terjepit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tertimpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>operasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — mis. excavator, crane, rig bor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CEEA39" w14:textId="364F9AF8" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keruntuhan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lubang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>galian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / cave-in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>galian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pondasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>longsor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menimpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pekerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FC50D2" w14:textId="1A5CDADB" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kerusakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>struktur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tower existing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>akibat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pengaruh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>getaran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumpuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sementara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>perkuatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang salah.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B5400A" w14:textId="44B25E8C" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jatuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ketinggian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>terpeleset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bekerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada area </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tangga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pile cap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jika</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>akses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>vertikal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>struktur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21667881" w14:textId="281F6657" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tertusuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teriris</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>benda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tajam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> material </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>terakut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>paku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>besi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>potong</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sisa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>baut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7329C188" w14:textId="2FED77F1" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cedera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>karena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pemindahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> manual (musculoskeletal)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mengangkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>beban</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>teknik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>benar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F278FE" w14:textId="74D08528" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Paparan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>debu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>partikel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cement dust) / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>iritasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kulit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kimia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>beton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/adhesive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2818620C" w14:textId="768BA4F9" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kebisingan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>getaran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, compactor, crane; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berpotensi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>merusak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pendengaran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menyebabkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kelelahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A761B8F" w14:textId="40606CEB" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kebakaran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumpahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bakar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>oli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada area </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>operasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mesin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300C1571" w14:textId="251E5E15" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Laka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lalu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lintas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di area </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berdekatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jalan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>akses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kendaraan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>proyek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pekerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9F5762" w14:textId="5E8047FE" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gangguan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lingkungan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>genangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>banjir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sementara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>merusak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>galian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE82172" w14:textId="5E419E2A" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kegagalan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sementara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / shoring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menyebabkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>runtuhnya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumpuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sementara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799577AA" w14:textId="225D45FA" w:rsidR="00190631" w:rsidRPr="00A615B1" w:rsidRDefault="00190631" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
+        <w:ind w:left="1333"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D41D4">
-[...101 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="442C4C26" w14:textId="2D1240C8" w:rsidR="00190631" w:rsidRPr="003D41D4" w:rsidRDefault="00190631" w:rsidP="00190631">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
         <w:ind w:left="613"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D41D4">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>B. Tindakan Pencegahan:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E630ED" w14:textId="304C0C0D" w:rsidR="00190631" w:rsidRPr="003D41D4" w:rsidRDefault="00190631" w:rsidP="003D41D4">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="425F359F" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...9 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Perencanaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Perizinan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3B83727D" w14:textId="70772EEE" w:rsidR="00190631" w:rsidRPr="003D41D4" w:rsidRDefault="00190631" w:rsidP="003D41D4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="5998F87D" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="29"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Buat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Work Method Statement (WMS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / IPBPR </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>perkuatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>borepile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>micropile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>perkuatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grouting, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C81CA8B" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">survey </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lokasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>identifikasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kondisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>drainase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>keberadaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>utilitas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bawah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A442F5A" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pastikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>izin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (permit to work) dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>izin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tersedia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sebelum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mobilisasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D98F60" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-        <w:t>Melaksanakan pekerjaan sesuai dengan IPBPR (Instruksi Pekerjaan Berisiko Potensial dan Rutin), JSA (Job Safety Analysis), dan SOP yang berlaku.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pengamanan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Area &amp; Alat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7579F50B" w14:textId="275042FE" w:rsidR="00190631" w:rsidRPr="003D41D4" w:rsidRDefault="00190631" w:rsidP="003D41D4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="495E1D22" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="30"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pasang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pagar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pembatas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rambu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bahaya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jalur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>personel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kendaraan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A90713A" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shoring/strutting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dinding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>galian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diperlukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>biarkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>galian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sistem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sesuai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525489AC" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Periksa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sertifikasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lifting gear</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (sling, chain, crane) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sebelum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>digunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10326FE4" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Periksa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kondisi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (engine, rem, stabilizer) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shift.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FB4096" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...9 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Proteksi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Personel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Prosedur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0C2016F4" w14:textId="62BAACE4" w:rsidR="00190631" w:rsidRPr="003D41D4" w:rsidRDefault="00190631" w:rsidP="003D41D4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="36E9B4A0" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="31"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wajibkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">APD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lengkap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: helm, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sepatu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> safety, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sarung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kacamata</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hearing protection, respirator </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>debu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC33AF6" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Terapkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>JSA/JHA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>toolbox talk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>setiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pekerjaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berisiko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tinggi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B9CB3A" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hanya operator </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tersertifikasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>boleh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mengoperasikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> crane/rig/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB66470" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Terapkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">batas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>antara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> area </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pejalan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kaki (stop zone).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C37D389" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-        <w:t>Menjaga jarak aman dari konduktor bertegangan dan melakukan grounding sementara bila diperlukan.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teknik &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kualitas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="14BB071D" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gunakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>metode</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>perkuatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> yang </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>telah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dihitung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh engineer (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kapasitas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pile, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kedalaman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, grout mix, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dsb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660C9CEE" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> monitoring </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>getaran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jarak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>terhadap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tower existing </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menghindari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kerusakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>struktur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CED358C" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pastikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>shoring/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumpuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sementara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>direncanakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diperiksa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>harian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032C0299" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) Kesehatan &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lingkungan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4A6C46AD" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kendalikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>debu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dengan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penyiraman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> air (water suppression) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pemotongan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>atau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penggalian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E0434D" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Sediakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>stasiun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cuci</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mata</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fasilitas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P3K di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lokasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5482B365" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kelola </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>oli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bakar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di area </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tertutup</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sediakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penangkal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumpahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (spill kit).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3528FC0A" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pastikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pembuangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>limbah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>beton</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / material </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tidak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mencemari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>saluran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> air.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0059D704" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Lalu Lintas &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Mobilisasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="119A5D98" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Atur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>traffic management plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>untuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>akses</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>truk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>berat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pengatur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> traffic (flagman) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bila</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>diperlukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A0538FB" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Batasi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kecepatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kendaraan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>proyek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan mark area </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bongkar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>muat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6567D632" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kejadian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Darurat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Respon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5B91267C" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Siapkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>rencana</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evakuasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jalur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evakuasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7E5995" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Latih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">drill </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>darurat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>runtuh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kebakaran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumpahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3F909C" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nomor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>darurat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lokasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P3K </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dipampang</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jelas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2202052E" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">C. Tindakan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pengawasan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Verifikasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="428D8044" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Inspeksi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>harian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>site supervisor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>peralatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, shoring, APD).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497E8047" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Audit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>keselamatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mingguan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oleh </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>HSE officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>catat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>temuan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>buat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> corrective action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150BF9E3" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dokumentasikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JSA, toolbox, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inspeksi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sertifikat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> operator.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077E47FE" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pre-start check</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (checklist) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tiap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shift.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129C9C8A" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:pict w14:anchorId="1B43B13D">
+          <v:rect id="_x0000_i1040" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2E15A1" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D. Tindakan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Darurat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Spesifik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>contoh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>singkat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C007D82" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>terjadi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cave-in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hentikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>semua</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aktivitas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>galian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>evakuasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> korban, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>hubungi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rescue, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penyelamatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sendiri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>peralatan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DBAAAA" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jika korban </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tertimpa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>terjepit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>amankan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> area, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>panggil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pertolongan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>medis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lakukan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assessment RJP/P3K </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sesuai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>prosedur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2EE558" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tumpahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bahan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bakar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aktifkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spill kit, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>isolasi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>beri</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tahu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HSE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6121338A" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:pict w14:anchorId="0EF32C95">
+          <v:rect id="_x0000_i1041" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C3156A" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="613"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tanggung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jawab</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44196D02" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Project Manager</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menyetujui</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WMS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>menyediakan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sumber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>daya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> HSE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E77B5FA" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Site Supervisor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>memastikan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pelaksanaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WMS / JSA di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lapangan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718CFFE6" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>HSE Officer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: audit, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>inspeksi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pelatihan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, dan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>laporan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kecelakaan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494210B7" w14:textId="77777777" w:rsidR="009E38A4" w:rsidRPr="009E38A4" w:rsidRDefault="009E38A4" w:rsidP="009E38A4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="614"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="118"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operator &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Pekerja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mematuhi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>prosedur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>memakai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APD, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>melaporkan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>bahaya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E38A4">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="673B0784" w14:textId="77777777" w:rsidR="00190631" w:rsidRDefault="00190631" w:rsidP="00190631">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="118"/>
         <w:ind w:left="613"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D99486F" w14:textId="77777777" w:rsidR="00A615B1" w:rsidRPr="00190631" w:rsidRDefault="00A615B1" w:rsidP="00190631">
       <w:pPr>
@@ -6255,51 +15267,50 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4247260C" w14:textId="6ACAF25C" w:rsidR="00417F0D" w:rsidRPr="00A615B1" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="614"/>
         </w:tabs>
         <w:spacing w:before="215"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A615B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>REFERENSI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="704FFCD3" w14:textId="77777777" w:rsidR="00E67154" w:rsidRPr="00E67154" w:rsidRDefault="00E67154" w:rsidP="00E67154">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="967"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -6376,50 +15387,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="967"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E67154">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Perdir 520 Tahun 2014 tentang Pemeliharaan Peralatan Transmisi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E48697" w14:textId="77777777" w:rsidR="00C871CA" w:rsidRDefault="00E67154" w:rsidP="00C871CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="967"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -6468,91 +15480,75 @@
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0882587F" w14:textId="4E5581B0" w:rsidR="00E67154" w:rsidRPr="00A615B1" w:rsidRDefault="00E67154" w:rsidP="00E67154">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A615B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>PERALATAN KERJA DAN PERLENGKAPAN</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> K3</w:t>
+        <w:t>PERALATAN KERJA DAN PERLENGKAPAN K3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5115188C" w14:textId="15281324" w:rsidR="008C185C" w:rsidRPr="008C185C" w:rsidRDefault="008C185C" w:rsidP="009B1176">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="4"/>
         <w:ind w:left="613"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C185C">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Peralatan disesuaikan dengan jenis perkuatan yang dipakai sesuai </w:t>
-[...6 lines deleted...]
-        <w:t>kondisi geoteknik dan kerusakan</w:t>
+        <w:t>Peralatan disesuaikan dengan jenis perkuatan yang dipakai sesuai kondisi geoteknik dan kerusakan</w:t>
       </w:r>
       <w:r w:rsidR="008801F0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/penambahan beban perkuatan</w:t>
       </w:r>
       <w:r w:rsidRPr="008C185C">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> pondasi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E00A335" w14:textId="77777777" w:rsidR="00417F0D" w:rsidRPr="00BA1C92" w:rsidRDefault="00000000" w:rsidP="00BA1C92">
       <w:pPr>
@@ -8925,51 +17921,50 @@
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="104"/>
               <w:ind w:left="132" w:right="118"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00414762">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5378" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="120E6EEF" w14:textId="5200D5DD" w:rsidR="005C0E85" w:rsidRPr="00414762" w:rsidRDefault="005C0E85" w:rsidP="00A90FB5">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="104"/>
               <w:ind w:left="37"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -9340,50 +18335,51 @@
           </w:tcPr>
           <w:p w14:paraId="3E401440" w14:textId="7AE92F40" w:rsidR="005C0E85" w:rsidRPr="00414762" w:rsidRDefault="005C0E85" w:rsidP="005C0E85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="104"/>
               <w:ind w:left="132" w:right="118"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00414762">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5378" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B55B983" w14:textId="03B75639" w:rsidR="005C0E85" w:rsidRPr="00414762" w:rsidRDefault="005C0E85" w:rsidP="005C0E85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="104"/>
               <w:ind w:left="37"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -11796,51 +20792,51 @@
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:left="220"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="001A4CDC">
+            <w:r w:rsidRPr="001A4CDC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4974" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75192B4B" w14:textId="77777777" w:rsidR="00417F0D" w:rsidRPr="001A4CDC" w:rsidRDefault="00000000" w:rsidP="005C0E85">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="254" w:lineRule="auto"/>
               <w:ind w:left="38" w:right="382"/>
@@ -12607,63 +21603,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A615B1">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PELAKSANAAN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B336CD" w14:textId="77777777" w:rsidR="00796FAD" w:rsidRDefault="00796FAD">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="439BABA7" w14:textId="396D97FB" w:rsidR="00796FAD" w:rsidRDefault="00796FAD" w:rsidP="00BA1C92">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Prinsip Dasar Perkuatan Pondasi Tower SUTT/SUTET</w:t>
-[...11 lines deleted...]
-        <w:t>mengalami penurunan kapasitas dukung tanah,atau tower mengalami beban tambahan (misalnya akibat modifikasi konduktor, penambahan SUTT paralel, atau perubahan konfigurasi).</w:t>
+        <w:t>Prinsip Dasar Perkuatan Pondasi Tower SUTT/SUTET Perkuatan pondasi dilakukan karena pondasi existing (lama) dianggap: mengalami penurunan kapasitas dukung tanah,atau tower mengalami beban tambahan (misalnya akibat modifikasi konduktor, penambahan SUTT paralel, atau perubahan konfigurasi).</w:t>
       </w:r>
       <w:r w:rsidR="00BA1C92">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nah, metode perkuatan itu disesuaikan dengan kondisi geoteknik dan kerusakan pondasi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="621AD52C" w14:textId="77777777" w:rsidR="00796FAD" w:rsidRPr="00796FAD" w:rsidRDefault="00796FAD" w:rsidP="00796FAD">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00796FAD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Secara</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00796FAD">
@@ -13666,64 +22650,64 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00796FAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>atau</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00796FAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> suspension tower.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5527DC03" w14:textId="77777777" w:rsidR="00796FAD" w:rsidRPr="00796FAD" w:rsidRDefault="00796FAD" w:rsidP="00796FAD">
+    <w:p w14:paraId="5527DC03" w14:textId="77777777" w:rsidR="00796FAD" w:rsidRPr="00796FAD" w:rsidRDefault="00000000" w:rsidP="00796FAD">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00796FAD">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict w14:anchorId="212FE52F">
-          <v:rect id="_x0000_i1037" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="753032EF" w14:textId="1C5B7DE0" w:rsidR="00796FAD" w:rsidRPr="00796FAD" w:rsidRDefault="00796FAD" w:rsidP="00796FAD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00796FAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -14724,64 +23708,64 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00796FAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>pantai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00796FAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C503D3D" w14:textId="461F434A" w:rsidR="008B5115" w:rsidRPr="008B5115" w:rsidRDefault="00796FAD" w:rsidP="008B5115">
+    <w:p w14:paraId="6C503D3D" w14:textId="461F434A" w:rsidR="008B5115" w:rsidRPr="008B5115" w:rsidRDefault="00000000" w:rsidP="008B5115">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00796FAD">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict w14:anchorId="4577F133">
-          <v:rect id="_x0000_i1038" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="0572C6F3" w14:textId="77777777" w:rsidR="008B5115" w:rsidRDefault="008B5115" w:rsidP="008B5115">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1350" w:hanging="1350"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="534C0152" w14:textId="2B0B7C41" w:rsidR="00796FAD" w:rsidRPr="00796FAD" w:rsidRDefault="005D7970" w:rsidP="008B5115">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1350" w:hanging="1350"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -19569,66 +28553,66 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FB4961">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FB4961">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>diterapkan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FB4961">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D55CE58" w14:textId="77777777" w:rsidR="00FB4961" w:rsidRPr="00FB4961" w:rsidRDefault="00FB4961" w:rsidP="00FB4961">
+    <w:p w14:paraId="3D55CE58" w14:textId="77777777" w:rsidR="00FB4961" w:rsidRPr="00FB4961" w:rsidRDefault="00000000" w:rsidP="00FB4961">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB4961">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:pict w14:anchorId="0C169427">
-          <v:rect id="_x0000_i1047" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD9C822" w14:textId="17FECB48" w:rsidR="00FB4961" w:rsidRPr="00FB4961" w:rsidRDefault="00FB4961" w:rsidP="00FB4961">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FB4961">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -23282,79 +32266,71 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A615B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidR="00881B03" w:rsidRPr="00A615B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A615B1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>Langkah-langkah pelaksanaan:</w:t>
+        <w:t xml:space="preserve"> Langkah-langkah pelaksanaan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065C58B1" w14:textId="491E8901" w:rsidR="00417F0D" w:rsidRPr="00C93092" w:rsidRDefault="00854580" w:rsidP="00072D31">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A. </w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00C93092">
+      <w:r w:rsidRPr="00C93092">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PERSIAPAN :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FC334A0" w14:textId="3B5FC8A6" w:rsidR="00417F0D" w:rsidRDefault="00000000" w:rsidP="00072D31">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tahap.1 ( </w:t>
       </w:r>
       <w:r w:rsidR="00881B03">
         <w:t xml:space="preserve">Pra </w:t>
       </w:r>
       <w:r>
         <w:t>Persiapan ) :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55FEE5F2" w14:textId="77777777" w:rsidR="003F7CE6" w:rsidRPr="003F7CE6" w:rsidRDefault="003F7CE6" w:rsidP="003F7CE6"/>
@@ -30391,51 +39367,51 @@
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="966"/>
           <w:tab w:val="left" w:pos="967"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1935D1A2" w14:textId="6B167FB7" w:rsidR="00417F0D" w:rsidRPr="00A615B1" w:rsidRDefault="00854580" w:rsidP="00A615B1">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">B. </w:t>
       </w:r>
-      <w:r w:rsidR="00000000" w:rsidRPr="00A615B1">
+      <w:r w:rsidRPr="00A615B1">
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>PELAKSANAAN PERKUATAN PONDASI :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D65753" w14:textId="48421479" w:rsidR="00417F0D" w:rsidRPr="003F7CE6" w:rsidRDefault="00000000" w:rsidP="003F7CE6">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="246"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F7CE6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -35443,176 +44419,168 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37C5A99F" w14:textId="77777777" w:rsidR="00FB4C46" w:rsidRPr="00FB4C46" w:rsidRDefault="00FB4C46" w:rsidP="00FB4C46">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FB4C46" w:rsidRPr="00FB4C46">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="2900" w:right="660" w:bottom="1140" w:left="1280" w:header="727" w:footer="958" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CC35533" w14:textId="77777777" w:rsidR="00D305A9" w:rsidRDefault="00D305A9">
+    <w:p w14:paraId="32A46016" w14:textId="77777777" w:rsidR="00372844" w:rsidRDefault="00372844">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53E6593B" w14:textId="77777777" w:rsidR="00D305A9" w:rsidRDefault="00D305A9">
+    <w:p w14:paraId="11A30322" w14:textId="77777777" w:rsidR="00372844" w:rsidRDefault="00372844">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{F2C9FDA3-902E-450B-8825-51D81E46CC7F}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{50333D51-0BE3-44FA-8A2B-13EC79AC9488}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{2730791C-C5F5-4026-A2D9-92875C500B47}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId4" w:fontKey="{B24314A2-64B6-427F-89B5-D7EEEA0082DD}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{A6D091E1-1B91-496B-85FF-B78BD3ABB3B6}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{1BFC580D-90F8-4E2F-9F03-61250F2BDBD1}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{F8C3966F-C7B4-4FA9-9126-75DB382749E4}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{2811FA87-0537-409D-90ED-42A5750554F1}"/>
-    <w:embedItalic r:id="rId6" w:fontKey="{8DE3ACB1-72D2-46FE-9F7C-90FA78C8E63B}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{74AE2D57-D964-46BA-B969-612CD3B0C7BF}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{7D8FAC83-CC8B-48D1-A122-DB510289969B}"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{53F6307C-D9FA-4D76-8F90-890808C9FD2D}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{F23C478D-1FA5-48DD-8D1F-0F85372E4A98}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId8" w:fontKey="{060ED399-A3B7-450B-9D15-D980F5F26DA2}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{0BEFA053-3F91-474E-BFD3-F971A535E2E8}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="46E4EBE9" w14:textId="1D8FD23C" w:rsidR="00417F0D" w:rsidRDefault="00000000">
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">IK-PERKUATAN-PONDASI </w:t>
-[...7 lines deleted...]
-      <w:t xml:space="preserve">Page </w:t>
+      <w:t xml:space="preserve">IK-PERKUATAN-PONDASI Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -35634,58 +44602,58 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 1</w:t>
     </w:r>
     <w:r w:rsidR="002356A1">
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59F04F95" w14:textId="77777777" w:rsidR="00D305A9" w:rsidRDefault="00D305A9">
+    <w:p w14:paraId="7AB3E991" w14:textId="77777777" w:rsidR="00372844" w:rsidRDefault="00372844">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D59E5B5" w14:textId="77777777" w:rsidR="00D305A9" w:rsidRDefault="00D305A9">
+    <w:p w14:paraId="1F5030D4" w14:textId="77777777" w:rsidR="00372844" w:rsidRDefault="00372844">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1216EE99" w14:textId="3D4162ED" w:rsidR="00417F0D" w:rsidRDefault="00000000">
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>No. Doc.</w:t>
@@ -35912,50 +44880,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6373" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7093" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="076737E4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF44DFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BC47EEA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15BC369A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="966" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -35996,51 +45113,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5980" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6976" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7972" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="141A520C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C95A0A8A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="613" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="954" w:hanging="280"/>
@@ -36086,51 +45203,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5962" w:hanging="281"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6962" w:hanging="281"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7963" w:hanging="281"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BA249E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6876EB78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -36203,51 +45320,200 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F8C7070"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8F70501A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="260F4CC2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D4229F92"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="966" w:hanging="541"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1860" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
@@ -36286,51 +45552,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6362" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7263" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8163" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="276E594E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="854674AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -36399,51 +45665,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27C31CEB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="169EF90C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="673" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1379" w:hanging="360"/>
       </w:pPr>
@@ -36488,51 +45754,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6149" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7102" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8056" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A24723B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="464EA33A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="966" w:hanging="541"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1860" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
@@ -36571,51 +45837,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6362" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7263" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8163" w:hanging="541"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32825F1B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="99E2F7C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -36720,51 +45986,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37B316BA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="177081DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1326" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1806" w:hanging="361"/>
@@ -36816,51 +46082,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6102" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7067" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8033" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38CE7456"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7AA4688"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1333" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2053" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36929,51 +46195,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6373" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7093" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="395C42F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8814DF2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="673" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="612" w:hanging="360"/>
@@ -37019,51 +46285,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5682" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7823" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39F35451"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15BC369A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="966" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -37104,51 +46370,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5980" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6976" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7972" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A656605"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15BC369A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="966" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -37189,200 +46455,498 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5980" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6976" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7972" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40831DD0"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FA73970"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B9C66C72"/>
+    <w:tmpl w:val="58C848F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FC1007A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ECF0789E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40831DD0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B9C66C72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41300196"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FACAE3CC"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1734" w:hanging="146"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -37420,51 +46984,200 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6306" w:hanging="147"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7221" w:hanging="147"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8135" w:hanging="147"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4298006C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CFA20BD2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45727431"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2709E8A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -37565,51 +47278,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B6C43CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8550B382"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="673" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="613" w:hanging="361"/>
@@ -37658,51 +47371,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5682" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7823" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E862EDB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F102154"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -37807,51 +47520,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="504E0AE2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="695EA7E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -37920,51 +47633,200 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54D65335"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B2AC23DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A3B60E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="15BC369A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="966" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1004" w:hanging="332"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
@@ -38005,51 +47867,349 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5980" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6976" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7972" w:hanging="332"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60014C95"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4448FF7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60D50F41"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E77ACDBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68375FE4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F5A294C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38150,51 +48310,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68F12284"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A418B544"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="812" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1734" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
@@ -38233,51 +48393,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6306" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7221" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8135" w:hanging="361"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69EA1059"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E4EC2BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38382,316 +48542,203 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="74617216"/>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A3E2127"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FAC2780E"/>
+    <w:tmpl w:val="3BC6A844"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2160"/>
+          <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2880"/>
+          <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3600"/>
+          <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="74995A64"/>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74617216"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="043CC4C8"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="71C647BC"/>
+    <w:tmpl w:val="FAC2780E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38793,54 +48840,167 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7ECF2D5F"/>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74995A64"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="BA3408F8"/>
+    <w:tmpl w:val="043CC4C8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BDB5EA2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="71C647BC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38942,133 +49102,461 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C8E1C77"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="90DEFAA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7200"/>
+        </w:tabs>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7ECF2D5F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BA3408F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1768190781">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="469329864">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="734275623">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="983584193">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="475150877">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1102342446">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="475150877">
+  <w:num w:numId="7" w16cid:durableId="648359760">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1102342446">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="8" w16cid:durableId="401829099">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="301161529">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="454954714">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1645886827">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1552035937">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1076706707">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="708798723">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1032266119">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="574515094">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1544946051">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="533270558">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1076706707">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="19" w16cid:durableId="1875145646">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="708798723">
+  <w:num w:numId="20" w16cid:durableId="1111971978">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="251012442">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="190340560">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="794717451">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="673730107">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1785802330">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1071079036">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="716275627">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1622223299">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1839537243">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2020501352">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1218281104">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="972448889">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1436558623">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="936910462">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1032266119">
-[...32 lines deleted...]
-  <w:num w:numId="26" w16cid:durableId="1071079036">
+  <w:num w:numId="35" w16cid:durableId="1042680082">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="716275627">
+  <w:num w:numId="36" w16cid:durableId="636764149">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1622223299">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="37" w16cid:durableId="339620751">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1870604427">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -39076,50 +49564,51 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417F0D"/>
     <w:rsid w:val="000531A5"/>
     <w:rsid w:val="00072D31"/>
     <w:rsid w:val="000E09E9"/>
     <w:rsid w:val="000F4C6D"/>
     <w:rsid w:val="00100C09"/>
     <w:rsid w:val="00114885"/>
     <w:rsid w:val="00116D85"/>
     <w:rsid w:val="001333F8"/>
     <w:rsid w:val="00186E39"/>
     <w:rsid w:val="00190631"/>
     <w:rsid w:val="0019574C"/>
     <w:rsid w:val="001A0A61"/>
     <w:rsid w:val="001A4CDC"/>
     <w:rsid w:val="001C2E6C"/>
     <w:rsid w:val="00220D7D"/>
     <w:rsid w:val="002356A1"/>
     <w:rsid w:val="00246C9C"/>
     <w:rsid w:val="002B4BC7"/>
     <w:rsid w:val="002B7DD3"/>
     <w:rsid w:val="00317660"/>
     <w:rsid w:val="003242C4"/>
     <w:rsid w:val="00363CF5"/>
+    <w:rsid w:val="00372844"/>
     <w:rsid w:val="003827F9"/>
     <w:rsid w:val="003B33F8"/>
     <w:rsid w:val="003D41D4"/>
     <w:rsid w:val="003F7CE6"/>
     <w:rsid w:val="00414762"/>
     <w:rsid w:val="00417F0D"/>
     <w:rsid w:val="00425184"/>
     <w:rsid w:val="004703E8"/>
     <w:rsid w:val="00486FF8"/>
     <w:rsid w:val="004C78FB"/>
     <w:rsid w:val="004D08BF"/>
     <w:rsid w:val="004D17BF"/>
     <w:rsid w:val="00506013"/>
     <w:rsid w:val="00537D23"/>
     <w:rsid w:val="00566155"/>
     <w:rsid w:val="005A67C2"/>
     <w:rsid w:val="005B2AAB"/>
     <w:rsid w:val="005C0E85"/>
     <w:rsid w:val="005D7970"/>
     <w:rsid w:val="005F2F59"/>
     <w:rsid w:val="005F6563"/>
     <w:rsid w:val="006101BB"/>
     <w:rsid w:val="00631EFB"/>
     <w:rsid w:val="0065312A"/>
     <w:rsid w:val="00653FF7"/>
@@ -39130,71 +49619,73 @@
     <w:rsid w:val="006C2B5B"/>
     <w:rsid w:val="00717C30"/>
     <w:rsid w:val="00743402"/>
     <w:rsid w:val="00744DFC"/>
     <w:rsid w:val="007642B4"/>
     <w:rsid w:val="00796FAD"/>
     <w:rsid w:val="007B00FE"/>
     <w:rsid w:val="007C0863"/>
     <w:rsid w:val="007E55C3"/>
     <w:rsid w:val="007F4331"/>
     <w:rsid w:val="00810820"/>
     <w:rsid w:val="00827D3F"/>
     <w:rsid w:val="0083069A"/>
     <w:rsid w:val="00854580"/>
     <w:rsid w:val="008801F0"/>
     <w:rsid w:val="00881B03"/>
     <w:rsid w:val="008A6D74"/>
     <w:rsid w:val="008B5115"/>
     <w:rsid w:val="008C185C"/>
     <w:rsid w:val="008D6410"/>
     <w:rsid w:val="009503CD"/>
     <w:rsid w:val="00973E50"/>
     <w:rsid w:val="009809DA"/>
     <w:rsid w:val="009B1176"/>
     <w:rsid w:val="009E03F7"/>
+    <w:rsid w:val="009E38A4"/>
     <w:rsid w:val="009E7611"/>
     <w:rsid w:val="009F2745"/>
     <w:rsid w:val="00A104D7"/>
     <w:rsid w:val="00A615B1"/>
     <w:rsid w:val="00A66C45"/>
     <w:rsid w:val="00A817A3"/>
     <w:rsid w:val="00A90FB5"/>
     <w:rsid w:val="00B55B29"/>
     <w:rsid w:val="00B63197"/>
     <w:rsid w:val="00B81071"/>
     <w:rsid w:val="00B93B8F"/>
     <w:rsid w:val="00BA1C92"/>
     <w:rsid w:val="00BE13FA"/>
     <w:rsid w:val="00C871CA"/>
     <w:rsid w:val="00C93092"/>
     <w:rsid w:val="00D270EC"/>
     <w:rsid w:val="00D305A9"/>
     <w:rsid w:val="00D364F3"/>
     <w:rsid w:val="00D5119F"/>
     <w:rsid w:val="00D525B3"/>
     <w:rsid w:val="00D55729"/>
+    <w:rsid w:val="00D64B04"/>
     <w:rsid w:val="00D70F87"/>
     <w:rsid w:val="00DB30E3"/>
     <w:rsid w:val="00DD4C9F"/>
     <w:rsid w:val="00E67154"/>
     <w:rsid w:val="00EC37E9"/>
     <w:rsid w:val="00ED3A42"/>
     <w:rsid w:val="00F82417"/>
     <w:rsid w:val="00FB4961"/>
     <w:rsid w:val="00FB4C46"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -40050,50 +50541,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="223952367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="259023828">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="345983403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="412046808">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -40103,50 +50607,89 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="525826992">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="537742671">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="552279485">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="559634383">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="664550058">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="679310019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -40259,50 +50802,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1118990877">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1125537531">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1167749908">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1191526009">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -40883,76 +51439,76 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{384B13BB-3D3A-4D9E-8467-558C477E01DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>20832</Characters>
+  <Pages>20</Pages>
+  <Words>4211</Words>
+  <Characters>24003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>173</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>200</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24438</CharactersWithSpaces>
+  <CharactersWithSpaces>28158</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:lpwstr>2025-02-03T00:00:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Nitro PDF Pro 14 (14.17.2.29)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:lpwstr>2025-02-05T00:00:00Z</vt:lpwstr>