--- v0 (2026-02-26)
+++ v1 (2026-03-12)
@@ -1264,56 +1264,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:spacing w:after="198" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="32" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="114300" distR="114300">
             <wp:extent cx="1894840" cy="327660"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1068" name="image3.jpg"/>
+            <wp:docPr id="1068" name="image13.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.jpg"/>
+                    <pic:cNvPr id="0" name="image13.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1894840" cy="327660"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1736,56 +1736,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5190490" cy="334010"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1071" name="image6.jpg"/>
+                  <wp:docPr id="1071" name="image11.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.jpg"/>
+                          <pic:cNvPr id="0" name="image11.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5190490" cy="334010"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1828,56 +1828,56 @@
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="7870"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="3113405" cy="376555"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1070" name="image9.jpg"/>
+                  <wp:docPr id="1070" name="image17.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image9.jpg"/>
+                          <pic:cNvPr id="0" name="image17.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3113405" cy="376555"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1917,56 +1917,56 @@
               <w:t xml:space="preserve">C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:ind w:left="468" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5175885" cy="819150"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1073" name="image18.jpg"/>
+                  <wp:docPr id="1073" name="image14.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image18.jpg"/>
+                          <pic:cNvPr id="0" name="image14.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5175885" cy="819150"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2006,56 +2006,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="3325495" cy="338455"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1072" name="image13.jpg"/>
+                  <wp:docPr id="1072" name="image18.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image13.jpg"/>
+                          <pic:cNvPr id="0" name="image18.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3325495" cy="338455"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3236,56 +3236,56 @@
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="5050"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5268595" cy="838200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1075" name="image28.jpg"/>
+                  <wp:docPr id="1075" name="image15.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image28.jpg"/>
+                          <pic:cNvPr id="0" name="image15.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5268595" cy="838200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3894,56 +3894,56 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5356225" cy="772160"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1074" name="image1.jpg"/>
+                  <wp:docPr id="1074" name="image19.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.jpg"/>
+                          <pic:cNvPr id="0" name="image19.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5356225" cy="772160"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -4839,56 +4839,56 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5420360" cy="888365"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1078" name="image16.jpg"/>
+                  <wp:docPr id="1078" name="image26.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image16.jpg"/>
+                          <pic:cNvPr id="0" name="image26.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5420360" cy="888365"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -5526,56 +5526,56 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5327015" cy="1355090"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1076" name="image15.jpg"/>
+                  <wp:docPr id="1076" name="image16.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image15.jpg"/>
+                          <pic:cNvPr id="0" name="image16.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5327015" cy="1355090"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -7913,56 +7913,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5322570" cy="805180"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1077" name="image26.jpg"/>
+                  <wp:docPr id="1077" name="image22.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image26.jpg"/>
+                          <pic:cNvPr id="0" name="image22.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5322570" cy="805180"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -8016,56 +8016,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000134">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5382895" cy="1211580"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1079" name="image22.jpg"/>
+                  <wp:docPr id="1079" name="image25.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image22.jpg"/>
+                          <pic:cNvPr id="0" name="image25.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5382895" cy="1211580"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -8121,56 +8121,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5358765" cy="818515"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1080" name="image27.jpg"/>
+                  <wp:docPr id="1080" name="image31.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image27.jpg"/>
+                          <pic:cNvPr id="0" name="image31.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5358765" cy="818515"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -8224,56 +8224,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5071110" cy="782320"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1081" name="image29.jpg"/>
+                  <wp:docPr id="1081" name="image23.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image29.jpg"/>
+                          <pic:cNvPr id="0" name="image23.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5071110" cy="782320"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -9235,56 +9235,56 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000165">
             <w:pPr>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="2731135" cy="346710"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1082" name="image20.jpg"/>
+                  <wp:docPr id="1082" name="image30.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image20.jpg"/>
+                          <pic:cNvPr id="0" name="image30.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2731135" cy="346710"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -9323,56 +9323,56 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000167">
             <w:pPr>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="2877820" cy="394970"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1083" name="image25.jpg"/>
+                  <wp:docPr id="1083" name="image21.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image25.jpg"/>
+                          <pic:cNvPr id="0" name="image21.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2877820" cy="394970"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -9411,56 +9411,56 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000169">
             <w:pPr>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="2940685" cy="404495"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1084" name="image24.jpg"/>
+                  <wp:docPr id="1084" name="image29.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image24.jpg"/>
+                          <pic:cNvPr id="0" name="image29.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2940685" cy="404495"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -9499,56 +9499,56 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016B">
             <w:pPr>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="1949450" cy="416560"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1085" name="image17.jpg"/>
+                  <wp:docPr id="1085" name="image20.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image17.jpg"/>
+                          <pic:cNvPr id="0" name="image20.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1949450" cy="416560"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -10664,56 +10664,56 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019D">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="5489575" cy="443230"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1086" name="image21.jpg"/>
+                  <wp:docPr id="1086" name="image24.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image21.jpg"/>
+                          <pic:cNvPr id="0" name="image24.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="5489575" cy="443230"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -10897,56 +10897,56 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A5">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="4639310" cy="411480"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1057" name="image19.jpg"/>
+                  <wp:docPr id="1057" name="image4.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image19.jpg"/>
+                          <pic:cNvPr id="0" name="image4.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="4639310" cy="411480"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11157,56 +11157,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AE">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="305435" cy="292735"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1058" name="image2.jpg"/>
+                  <wp:docPr id="1058" name="image7.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.jpg"/>
+                          <pic:cNvPr id="0" name="image7.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId28"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="305435" cy="292735"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11246,56 +11246,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B0">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="298450" cy="310515"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1059" name="image23.jpg"/>
+                  <wp:docPr id="1059" name="image2.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image23.jpg"/>
+                          <pic:cNvPr id="0" name="image2.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="298450" cy="310515"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11335,56 +11335,56 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="277495" cy="298450"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1060" name="image7.jpg"/>
+                  <wp:docPr id="1060" name="image1.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.jpg"/>
+                          <pic:cNvPr id="0" name="image1.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId30"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="277495" cy="298450"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11435,56 +11435,56 @@
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B4">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="ff0000"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="ff0000"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="309245" cy="329565"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1061" name="image11.jpg"/>
+                  <wp:docPr id="1061" name="image3.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image11.jpg"/>
+                          <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId31"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="309245" cy="329565"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11556,56 +11556,56 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B7">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="4639310" cy="411480"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1062" name="image19.jpg"/>
+                  <wp:docPr id="1062" name="image4.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image19.jpg"/>
+                          <pic:cNvPr id="0" name="image4.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="4639310" cy="411480"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11892,56 +11892,56 @@
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="692785" cy="337185"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1063" name="image10.jpg"/>
+                  <wp:docPr id="1063" name="image6.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.jpg"/>
+                          <pic:cNvPr id="0" name="image6.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId32"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="692785" cy="337185"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11978,56 +11978,56 @@
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="807085" cy="320040"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1064" name="image4.jpg"/>
+                  <wp:docPr id="1064" name="image10.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.jpg"/>
+                          <pic:cNvPr id="0" name="image10.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId33"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="807085" cy="320040"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -12152,56 +12152,56 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C8">
             <w:pPr>
               <w:ind w:left="154" w:firstLine="468"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="114300" distR="114300">
                   <wp:extent cx="1061085" cy="330835"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1066" name="image14.jpg"/>
+                  <wp:docPr id="1066" name="image9.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image14.jpg"/>
+                          <pic:cNvPr id="0" name="image9.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId35"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1061085" cy="330835"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -13761,56 +13761,56 @@
                         </wps:txbx>
                         <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:drawing>
             <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>76201</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10668000</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5925185" cy="399415"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
               <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
-              <wp:docPr id="1056" name="image31.png"/>
+              <wp:docPr id="1056" name="image28.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image31.png"/>
+                      <pic:cNvPr id="0" name="image28.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5925185" cy="399415"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -14832,56 +14832,56 @@
                         </wps:txbx>
                         <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:grpSp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:drawing>
             <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>76201</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>10668000</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5925185" cy="399415"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
               <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
-              <wp:docPr id="1055" name="image30.png"/>
+              <wp:docPr id="1055" name="image27.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image30.png"/>
+                      <pic:cNvPr id="0" name="image27.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId1"/>
                       <a:srcRect/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5925185" cy="399415"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -23180,63 +23180,63 @@
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table17">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mediaedukasi.my.id/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>