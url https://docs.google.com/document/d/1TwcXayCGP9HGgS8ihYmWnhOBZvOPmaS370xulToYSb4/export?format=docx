--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
@@ -64,58 +65,60 @@
             <w:gridCol w:w="1770"/>
             <w:gridCol w:w="1770"/>
             <w:gridCol w:w="3435"/>
             <w:gridCol w:w="105"/>
             <w:gridCol w:w="1770"/>
             <w:gridCol w:w="1770"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="5364" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Remarques éventuelles du jury :</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -135,138 +138,145 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1755" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="7637"/>
               </w:tabs>
               <w:spacing w:before="1" w:lineRule="auto"/>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Le président ou le Président-Adjoint de Jury</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Fait à : </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Le :</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:spacing w:before="4" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -621,50 +631,51 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="478" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-9524</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1037761" cy="1037761"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="0" distR="0"/>
                   <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -680,80 +691,84 @@
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1037761" cy="1037761"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MINISTÈRE DE L'AGRICULTURE ET DE LA SOUVERAINETÉ ALIMENTAIRE</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Région : Polynésie Française</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="324.5137420718818" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
@@ -776,87 +791,91 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="622" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">DOSSIER ÉTABLI POUR UN </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Contrôle continu</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -872,119 +891,124 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-13.995438730834504"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ÉTABLISSEMENT</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="416" w:right="391" w:firstLine="100"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">LPA d’Opunohu</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="570" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:ind w:right="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -995,124 +1019,130 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:ind w:right="391"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="715" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="68" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Examen : </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Baccalauréat</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">technologique</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1126,109 +1156,114 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="141.7322834645654" w:right="71.69291338582752" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PROMOTION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="715" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="68" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Série : </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences et Technologies de l'Agronomie et du Vivant (STAV)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1238,114 +1273,119 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="-13.995438730834504"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 – 2027</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="740" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="68" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Spécialité : </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Productions</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1359,171 +1399,179 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:ind w:right="-13.995438730834504"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="740" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Première STAV - Trimestre 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Épreuve : Option Reo Maohi</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="0000ff"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Enseignant(e) : Lorenzo TETUANUI</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:spacing w:before="1" w:lineRule="auto"/>
@@ -1577,58 +1625,60 @@
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="3671"/>
             <w:gridCol w:w="3073"/>
             <w:gridCol w:w="4175"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1343" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:spacing w:line="265" w:lineRule="auto"/>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Capacité(s) contrôlée(s) :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:spacing w:before="8" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -1642,182 +1692,188 @@
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_8nqbhnryikc2" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Cette chemise (format A3, recto-verso) contient :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">𝥷</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> la date de l'évaluation,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">𝥷</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> le coefficient,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">𝥷</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> la liste des élèves, leurs notes et la moyenne,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">𝥷</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> le sujet,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">𝥷</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> la grille critériée d’évaluation annotée pour chaque élève,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">𝥷</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> la feuille d’émargement.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -1872,368 +1928,390 @@
             <w:gridCol w:w="1770"/>
             <w:gridCol w:w="1770"/>
             <w:gridCol w:w="3435"/>
             <w:gridCol w:w="105"/>
             <w:gridCol w:w="1770"/>
             <w:gridCol w:w="1770"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2242.5" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom des élèves absents sans justification :</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mettre zéro comme note</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:ind w:left="107" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="4117.5" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Observations des surveillants ou évaluateurs du contrôle en question :</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:before="2" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Expliquer, par exemple pourquoi les notes sont très élevées, ou au contraire très basses ou des écarts importants</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
@@ -2446,205 +2524,218 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2355" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom du responsable du contrôle</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="0000ff"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lorenzo TETUANUI</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Fait à : </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Le :</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:spacing w:before="4" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3441,136 +3532,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">FONTENEAU</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Léon</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -3611,136 +3705,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GUILLOUX</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Enoha</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -3781,136 +3878,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HEITAA</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Poenaiki</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -3951,136 +4051,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HUGON-TARUOURA</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaitiare</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -4121,136 +4224,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">LEMAIRE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Moananui</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -4291,136 +4397,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">6</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MAHE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaheana</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -4461,136 +4570,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PINSON-LARMÉE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kehan</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -4631,136 +4743,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TEHAHE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Noémie</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -4801,136 +4916,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">9</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TEHEI</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hanihei</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -4971,136 +5089,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TEIHO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Wendy</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -5141,136 +5262,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">11</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">TIATIA</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Raianuanua</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -5311,136 +5435,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">12</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">VANAA</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Teiheirai</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -5481,136 +5608,139 @@
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">13</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">WAJOKA</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Dréune</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -5716,50 +5846,51 @@
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Moyenne</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="cccccc" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
@@ -5815,261 +5946,270 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Cambria"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Arial"/>
   <w:font w:name="Times New Roman"/>
   <w:font w:name="Arial MT"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4536"/>
         <w:tab w:val="right" w:leader="none" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Année 2025/2026</w:t>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:tab/>
       <w:t xml:space="preserve">Année 2025/2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="10" w:lineRule="auto"/>
       <w:ind w:left="144"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:ind w:left="260"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:before="40" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
       <w:color w:val="243f61"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="0.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="0.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>