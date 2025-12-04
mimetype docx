--- v0 (2025-10-04)
+++ v1 (2025-12-04)
@@ -1,91 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
@@ -682,290 +687,306 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="5915660" cy="4387215"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="990"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="990"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PROGRAM SEMESTER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TAHUN PELAJARAN 20 ......... / 20 .........</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Satuan Pendidikan</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">SMP / MTs</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Mata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pelajaran</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">PRAKARYA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kelas / Semester </w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">VIII/1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompetensi Inti</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1080"/>
           <w:tab w:val="left" w:leader="none" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1260" w:hanging="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1157,1474 +1178,1567 @@
             <w:gridCol w:w="284"/>
             <w:gridCol w:w="285"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KOMPETENSI DASAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MATERI POKOK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">AW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Juli</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Agustus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Septmber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Oktober</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">November</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Desember</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KERAJINAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami desain dan pengemasan karya kerajinan dari bahan limbah organik lunak atau keras berdasarkan konsep dan prosedur sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat karya kerajinan dan pengemasan dari  bahan limbah organik lunak atau keras berdasarkan desain sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
@@ -2765,807 +2879,841 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.2</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami desain dan pengemasan karya kerajinan dari bahan limbah organik lunak atau keras berdasarkan konsep dan prosedur sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="612"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="612" w:right="-44" w:hanging="612"/>
               <w:rPr>
@@ -3733,933 +3881,975 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="33"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">REKAYASA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami prosedur jenis produk rekayasa yang dibuat berdasarkan komponen elektronika aktif dan pasif</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat produk penghasil bunyi bersumber arus listrik DC di lingkungan sekitar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-54"/>
               <w:rPr>
@@ -4795,899 +4985,939 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000102">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000105">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000106">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.2</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami bahan, material dan alat bantu yang digunakan untuk pembuatan produk rekayasa penghasil gerak berdasarkan komponen elektronika aktif dan pasif </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.2</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat produk penghasil gerak menggunakan sumber arus listrik DC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-54"/>
               <w:rPr>
@@ -5823,933 +6053,975 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000118">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="33"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">BUDIDAYA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000152">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Mengidentifikasi   desain wadah budidaya ikan konsumsi di wilayah setempat </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000153">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000154">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Mendesain wadah budidaya ikan konsumsi berdasarkan identifikasi  yang ada di wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
@@ -6890,859 +7162,897 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000160">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000161">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000162">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000163">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000164">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000165">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000166">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000167">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000168">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000169">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000170">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000171">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000172">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000173">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000175">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000176">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000177">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000178">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.2</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami konsep dan prosedur  pemeliharaan ikan konsumsi sesuai wilayah setempat </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.2 </w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memelihara ikan konsumsi sesuai berdasarkan  konsep dan prosedur sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
@@ -7883,933 +8193,975 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000181">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000182">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000183">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000184">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000188">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000189">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000190">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000191">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000192">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000193">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000194">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000195">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000196">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000197">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000198">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000199">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="33"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PENGOLAHAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami rancangan pembuatan, penyajian dan pengemasan aneka olahan bahan pangan serealia dan umbi menjadi makanan berdasarkan konsep dan prosedur berkarya sesuai wilayah setempat.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.1</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat olahan bahan pangan serealia dan umbi menjadi makanan sesuai rancangan dan bahan yang ada di wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
@@ -8972,899 +9324,939 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.2</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami manfaat dan proses pembuatan,  penyajian dan pengemasan olahan bahan pangan serealia dan umbi menjadi bahan pangan setengah jadi yang ada di wilayah setempat.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.2</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat olahan bahan pangan serealia dan umbi menjadi bahan pangan setengah jadi sesuai hasil analisis dan bahan yang ada di wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001EB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
@@ -10027,792 +10419,824 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001FF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000200">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000201">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000202">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000203">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000204">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000205">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000206">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000207">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000208">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000209">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000020F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000210">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="72"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">UAS SEMESTER 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000212">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10824,912 +11248,944 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000213">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000214">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000215">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000216">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000217">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000218">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000219">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000021F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000220">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000221">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000222">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000223">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000224">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000225">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000226">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000227">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000228">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000229">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000022F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000230">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000231">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="72"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">JUMLAH ALOKASI WAKTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000233">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11741,866 +12197,896 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000234">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000235">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000236">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000237">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000238">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000239">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000023F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000240">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000241">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000242">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000243">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000244">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000245">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000246">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000247">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000248">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000249">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000024F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000250">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000251">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000252">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -12654,500 +13140,532 @@
         <w:gridCol w:w="4307"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="3611"/>
             <w:gridCol w:w="2886"/>
             <w:gridCol w:w="4307"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1260" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000254">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengetahui,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000255">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kepala SMP/MTs ……………</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000256">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000257">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000258">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000259">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(__________________________)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">…….……..,……………………  20 …….</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Guru Mata Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000025F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000260">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000261">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000262">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000263">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(_______________________)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000264">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000265">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000266">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000267">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000268">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000269">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>114300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="5915660" cy="4387215"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
             <wp:docPr id="5" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
@@ -13727,607 +14245,643 @@
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5915660" cy="4387215"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000026F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000270">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000271">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000272">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000273">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000274">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000275">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000276">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000277">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000278">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000279">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000027F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="990"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000280">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="990"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000281">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PROGRAM SEMESTER</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000282">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TAHUN PELAJARAN 20 ......... / 20 .........</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000283">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000284">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Satuan Pendidikan</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">SMP / MTs</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000285">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="000000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Mata</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pelajaran</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">PRAKARYA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000286">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kelas / Semester </w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
         <w:tab/>
         <w:t xml:space="preserve">VIII/2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000287">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="2520"/>
           <w:tab w:val="left" w:leader="none" w:pos="2700"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2699" w:hanging="2699"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompetensi Inti</w:t>
         <w:tab/>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000288">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1080"/>
           <w:tab w:val="left" w:leader="none" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1260" w:hanging="900"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -14519,1380 +15073,1467 @@
             <w:gridCol w:w="284"/>
             <w:gridCol w:w="285"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KOMPETENSI DASAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:smallCaps w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MATERI POKOK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">AW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000028F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Juli</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000294">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Agustus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000299">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Septmber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000029E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Oktober</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">November</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002A8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Desember</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002AD">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002AE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002AF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002B9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002BF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002C9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002CE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">KERAJINAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002EF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.3</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami desain kerajinan dari bahan limbah anorganik lunak atau keras berdasarkan konsep dan prosedur sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:rPr>
@@ -15908,66 +16549,70 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.3</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat karya kerajinan dan pengemasan dari  bahan limbah anorganik lunak atau keras berdasarkan desain sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
@@ -16130,805 +16775,839 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002F9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002FA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002FB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002FC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002FD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002FE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000002FF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000300">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000301">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000302">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000303">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000304">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000305">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000306">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000307">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000308">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000309">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000030A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000030B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000030C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000030D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000030E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000030F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000310">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000311">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000312">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000313">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000314">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000315">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000316">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000317">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.4</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Mendeskripsikan proses modifikasi jenis bahan limbah anorganik lunak atau keras dan pengemasan berdasarkan proses berkarya sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000318">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:rPr>
@@ -17139,931 +17818,973 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000321">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000322">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000323">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000324">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000325">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000326">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000327">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000328">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000329">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000032A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000032B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000032C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000032D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000032E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000032F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000330">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000331">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000332">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000333">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000334">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000335">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000336">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000337">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000338">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000339">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000033A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000033B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000033C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000033D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000033E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="33"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000033F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">REKAYASA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000360">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.3  Memahami prosedur jenis produk rekayasa yang dibuat berdasarkan rangkaian pengubah besaran listrik.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000361">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000362">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.3</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat model alat pengubah listrik di lingkungan sekitar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000363">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-54"/>
               <w:rPr>
@@ -18199,859 +18920,897 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000369">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000036A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000036B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000036C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000036D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000036E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000036F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000370">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000371">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000372">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000373">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000374">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000375">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000376">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000377">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000378">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000379">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000037A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000037B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000037C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000037D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000037E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000037F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000380">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000381">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000382">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000383">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000384">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000385">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000386">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000387">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.4</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Mengidentifikasi bahan, material dan alat bantu yang digunakan untuk pembuatan produk rekayasa berdasarkan rangkaian pengubah besaran listrik.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000388">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.4 </w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat produk sensor menggunakan teknologi kelistrikan di lingkungan sekitar </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000389">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-54"/>
               <w:rPr>
@@ -19187,1591 +19946,1663 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000038F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000390">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000391">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000392">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000393">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000394">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000395">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000396">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000397">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000398">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000399">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000039A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000039B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000039C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000039D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000039E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000039F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003A9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003AA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003AB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003AC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003AD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">BUDIDAYA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003AE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003AF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003B9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003BA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003BB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003BC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003BD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003BE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003BF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003C9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003CA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003CB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003CC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003CD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003CE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.3</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Mengidentifikasi  desain wadah budidaya ikan hias di wilayah setempat </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003CF">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.3</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Mendesain wadah budidaya ikan hias berdasarkan identifikasi  yang ada di wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003D0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
@@ -20909,899 +21740,939 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003D6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003D7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003D8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003D9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003DA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003DB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003DC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003DD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003DE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003DF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003E9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003EA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003EB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003EC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003ED">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003EE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003EF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.4</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami konsep dan prosedur  pemeliharaan ikan hias sesuai wilayah setempat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.4</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memelihara ikan hias berdasarkan konsep dan prosedur sesuai wilayah setempat </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003F7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
@@ -21939,933 +22810,975 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003FD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003FE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000003FF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000400">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000401">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000402">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000403">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000404">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000405">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000406">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000407">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000408">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000409">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000040A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000040B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000040C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000040D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000040E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000040F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000410">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000411">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000412">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000413">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000414">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000415">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000416">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000417">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000418">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000419">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000041A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="33"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000041B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PENGOLAHAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000043C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.3</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami manfaat dan proses pembuatan,  penyajian dan pengemasan olahan bahan pangan serealia dan umbi menjadi bahan pangan setengah jadi yang ada di wilayah setempat.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000043D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000043E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.3</w:t>
               <w:tab/>
               <w:t xml:space="preserve">Membuat olahan bahan pangan serealia dan umbi menjadi bahan pangan setengah jadi sesuai hasil analisis dan bahan yang ada di wilayah setempat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000043F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-54"/>
               <w:rPr>
@@ -23026,1260 +23939,1318 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">8 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000446">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000447">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000448">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000449">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000044A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000044B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000044C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000044D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000044E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000044F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000450">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000451">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000452">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000453">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000454">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000455">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000456">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000457">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000458">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000459">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000045A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000045B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000045C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000045D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000045E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000045F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000460">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000461">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000462">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000463">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000464">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.4 </w:t>
               <w:tab/>
               <w:t xml:space="preserve">Memahami rancangan pembuatan, penyajian dan pengemasan olahan bahan pangan setengah jadi dari bahan serealia dan umbi menjadi makanan  berdasarkan konsep dan prosedur berkarya sesuai wilayah setempat.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000465">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000466">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.4</w:t>
               <w:tab/>
               <w:t xml:space="preserve"> Membuat olahan bahan pangan setengah jadi dari bahan serealia dan umbi menjadi makanan  sesuai rancangan dan bahan yang ada di wilayah setempat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000467">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000468">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000469">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000046A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000046B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000046C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000046D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000046E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000046F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="432"/>
               </w:tabs>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="432" w:right="-44" w:hanging="432"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000470">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-54"/>
@@ -24441,810 +25412,844 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">10 JP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000477">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000478">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000479">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000047A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000047B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000047C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000047D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000047E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000047F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000480">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000481">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000482">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000483">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000484">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000485">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000486">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000487">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000488">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000489">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000048A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000048B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000048C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000048D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000048E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000048F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000490">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000491">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000492">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000493">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000494">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000495">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="1"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">UAS SEMESTER 2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -25266,930 +26271,964 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000498">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000499">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000049A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000049B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000049C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000049D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000049E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000049F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004A9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004AA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004AB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004AC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004AD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004AE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004AF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="720"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="1"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">JUMLAH ALOKASI WAKTU</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -26211,866 +27250,896 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004B9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004BA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004BB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004BC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004BD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004BE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004BF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004C9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004CA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004CB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004CC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004CD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004CE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004CF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="60" w:before="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-101" w:right="-90"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D7">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -27104,307 +28173,328 @@
         <w:gridCol w:w="4307"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="3611"/>
             <w:gridCol w:w="2886"/>
             <w:gridCol w:w="4307"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1260" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mengetahui,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004D9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kepala SMP/MTs ……………</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004DA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004DB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(__________________________)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004DC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004DD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004DE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">…….……..,……………………  20 …….</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004DF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Guru Mata Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(_______________________)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">NIP/NIK </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E3">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="120" w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -27456,278 +28546,294 @@
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E6">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:cs="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:cs="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E7">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E8">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
       <w:instrText xml:space="preserve">PAGE</w:instrText>
       <w:fldChar w:fldCharType="separate"/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E9">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="360" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000004E5">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:cs="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:cs="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black"/>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Program Semester Kelas VIII SMP/MTs – Prakarya</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>114300</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="12700" cy="12700"/>
@@ -27915,50 +29021,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="id-ID"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -27967,163 +29074,171 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bookman Old Style" w:cs="Bookman Old Style" w:eastAsia="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>