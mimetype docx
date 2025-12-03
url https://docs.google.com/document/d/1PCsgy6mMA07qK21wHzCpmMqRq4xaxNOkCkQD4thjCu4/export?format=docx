--- v0 (2025-10-04)
+++ v1 (2025-12-03)
@@ -1,129 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PROGRAM TAHUNAN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TAHUN PELAJARAN 20…/20…</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -211,227 +218,245 @@
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Menghargai dan menghayati ajaran agama yang dianutnya.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Menghargai, dan menghayati perilaku jujur, disiplin, tanggung jawab, peduli(toleransi,gotong royong), santun, percaya diri, dalam berinteraksi secara efektif dengan lingkungan sosial dan alam dalam jangkauan pergaulan dan keberadaannya.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Memahami  pengetahuan (faktual, konseptual, dan prosedural) berdasarkan rasa ingin tahunya tentang  ilmu   pengetahuan,teknologi, seni budaya terkait penomena dan kejadian yang tampak  mata).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="0" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mencoba,mengolah,  dan menyaji, dalam ranah konkret( menggunakan, mengurai, merangkai, memodifikasi, dan membuat)   dan ranah abstrak (menulis, membaca, menghitung, dan mengarang) sesuai dengan yang dipelajari di sekolah dan  sumber lain yang sama dalam sudut pandang/teori).</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="1d1b11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -912,481 +937,517 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai perilaku jujur sebagai implementasi dari pemahaman Q.S. Al-Baqarah (2): 42 dan hadis terkait</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai perilaku hormat dan patuh kepada orang tua dan guru sebagai implementasi dari Q.S. Al-Baqarah (2): 83 dan hadis terkait</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="559" w:right="0" w:hanging="559"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai perilaku empati terhadap sesama sebagai implementasi dari Q.S. An-Nisa (4): 8 dan hadis terkait</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai perilaku ikhlas, sabar, dan pemaaf sebagai implementasi dari pemahaman Q.S. An-Nisa (4):146, Q.S. Al Baqarah (2):153, dan Q.S. Ali Imran (3): 134, dan hadis terkait</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai perilaku amanah sebagai implementasi dari Q.S. Al-Anfal (8): 27 dan hadis terkait</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai perilaku istiqamah sebagai implementasi dari pemahaman QS Al-Ahqaf (46): 13 dan hadis terkait</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menghargai perilaku semangat menuntut ilmu sebagai implementasi dari pemahaman sifat Allah (Al-’Alim, al-Khabir, as-Sami’, dan al-Bashir) dan Q.S. Al-Mujadilah (58): 11 dan Q.S. Ar-Rahman (55):33 serta hadis terkait</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meneladani perjuangan Nabi Muhammad SAW periode Mekah dan Madinah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="516" w:right="0" w:hanging="516"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meneladani sikap terpuji khulafaurrasyidin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1488,50 +1549,51 @@
               <w:ind w:left="601" w:hanging="601"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.3.2  Menunjukkan hafalan Q.S. Al-Mujadilah (58): 11 dan Q.S. Ar-Rahman (55):33    dengan lancar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="354" w:hanging="354"/>
               <w:rPr>
@@ -1665,50 +1727,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ketentuan hukum bacaan mad.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="742" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Praktik membaca  hukum bacaan mad.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
@@ -1718,241 +1781,252 @@
               <w:ind w:hanging="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4 x 3 Jam Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.5  Memahami  isi kandungan Q.S. An-Nisa (4):146, Q.S. Al Baqarah (2):153, dan Q.S. Ali Imran (3): 134, serta hadis terkait tentang ikhlas, sabar dan pemaaf.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="21"/>
@@ -1986,50 +2060,51 @@
               <w:ind w:left="601" w:hanging="601"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menunjukkan hafalan Q.S. An-Nisa (4):146, Q.S. Al Baqarah (2):153, dan Q.S. Ali Imran (3): 134,   dengan lancar</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="232" w:hanging="232"/>
               <w:rPr>
@@ -2235,428 +2310,450 @@
               <w:ind w:hanging="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4 x 3 Jam Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="318" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
@@ -2692,50 +2789,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="398"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.1  Menyajikan contoh perilaku yang mencerminkan orang yang meneladani  al-Asmaul-Husna: Al-’Alim, al-Khabir, as-Sami’, dan al-Bashir.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="317" w:hanging="283"/>
               <w:rPr>
@@ -2810,174 +2908,179 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="317" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Makna </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">al-Asmaul husna</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:  Al-’Alim, al-Khabir, as-Sami’, dan al-Bashir.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="742" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pengertian </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">al-Asmaul husna </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="742" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Makna al-Asmaul husna</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:  Al-’Alim, al-Khabir, as-Sami’, dan al-Bashir.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="742" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Perilaku</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">al-Asmaul husna</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:  Al-’Alim, al-Khabir, as-Sami’, dan al-Bashir dalam kehidupan sehari-hari.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3056,50 +3159,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.2 .  Menyajikan contoh perilaku  yang mencerminkan  iman kepada malaikat.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="262" w:hanging="283"/>
               <w:rPr>
@@ -3690,186 +3794,195 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3 x 3 Jam Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="317"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
@@ -4251,390 +4364,411 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3 x 3 Jam Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="317"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4662,50 +4796,51 @@
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.6   Mempraktikkan tata cara bersuci dari hadas  kecil dan hadas besar.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:hanging="425"/>
               <w:rPr>
@@ -4982,50 +5117,51 @@
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.8  Mempraktikkan shalat berjamaah</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:hanging="344"/>
               <w:rPr>
@@ -5168,179 +5304,185 @@
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3 x 3 Jam Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.10  Memahami ketentuan shalat Jumat </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.9    Mempraktikkan shalat Jumat</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="426" w:hanging="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="262" w:hanging="283"/>
               <w:rPr>
@@ -5484,208 +5626,217 @@
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3 x 3 Jam Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.11  Memahami ketentuan shalat jamak qasar</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.7    Mempraktikkan shalat shalat jamak qasar</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="262" w:hanging="283"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5825,118 +5976,123 @@
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3 x 3 Jam Pelajaran</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000ED">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
@@ -5968,50 +6124,51 @@
               <w:ind w:left="516" w:hanging="516"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Menyajikan  strategi perjuangan  yang dilakukan Nabi Muhammad Saw. periode Mekah </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="344" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6514,113 +6671,117 @@
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">3.14  Mengetahui sikap terpuji khulafaurrasyidin</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">4.14  Mencontohkan perilaku terpuji dari khulafaurrasyidin</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000112">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:lineRule="auto"/>
               <w:ind w:left="425" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="404" w:hanging="425"/>
               <w:rPr>
@@ -7000,58 +7161,60 @@
         <w:tabs>
           <w:tab w:val="center" w:leader="none" w:pos="1320"/>
           <w:tab w:val="center" w:leader="none" w:pos="7080"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">……………………………..</w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">……………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7587,134 +7750,142 @@
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="668" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="668" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1028" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1028" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1388" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1388" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1748" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1748" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2108" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="982" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1702" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -9210,146 +9381,155 @@
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23">
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="359.99999999999994"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="719.9999999999999"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1572" w:hanging="720.0000000000001"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2216" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2500" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3144" w:hanging="1440.0000000000002"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3428" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4072" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24">
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360.00000000000006"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -9422,50 +9602,51 @@
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25">
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -9506,154 +9687,163 @@
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26">
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="948" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="948" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
@@ -9727,50 +9917,51 @@
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1052" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1097" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1412" w:hanging="720.0000000000001"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1412" w:hanging="720.0000000000001"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -9889,50 +10080,51 @@
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="28"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -9940,161 +10132,168 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kotoria.blogspot.co.uk/2013/12/rpp-ppkn-kelas-7-kurikulum-2013.html" TargetMode="External"/></Relationships>
 </file>
 