--- v0 (2025-11-19)
+++ v1 (2026-03-04)
@@ -593,96 +593,96 @@
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Please select the appropriate statement:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1611817004"/>
+          <w:id w:val="882699079"/>
           <w:tag w:val="goog_rdk_0"/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> I confirm that, to the best of my knowledge, I have no actual or potential conflict of interest related to this manuscript.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="69954619"/>
+          <w:id w:val="-989744455"/>
           <w:tag w:val="goog_rdk_1"/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> There is a potential conflict of interest (please specify):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:rPr>