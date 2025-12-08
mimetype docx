--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -1,340 +1,354 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_d11z73fk8um9" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">DEMANDA DE DIVORCIO POR MUTUO CONSENTIMIENTO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">JUEZ DE LA UNIDAD ESPECIALIZADA DE LA CIUDAD DE [Ciudad]  PROVINCIA DE [Provincia]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nosotros, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del cónyuge 1]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del cónyuge 2]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, ambos de nacionalidad ecuatoriana, con cédula de ciudadanía N° [Número de cédula 1] y N° [Número de cédula 2], de estado civil casados entre sí, mayores de edad, domiciliados en [Ciudad], Provincia de [Provincia], hábiles para contratar y obligarse ante usted, comparecemos con la presente demanda de divorcio por mutuo consentimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_qls4tsg3hm8z" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1. FUNDAMENTOS DE HECHO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">De la partida de matrimonio Tomo [Número], página [Número], Acta [Número], que se adjunta, se verifica que los comparecientes contrajimos matrimonio el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Fecha de matrimonio]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> en </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Ciudad]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Durante nuestro matrimonio hemos procreado </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Número de hijos]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> hijo(s):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del hijo 1]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Edad]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> años</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del hijo 2]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Edad]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> años</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -344,398 +358,415 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Hemos decidido de mutuo acuerdo dar por terminado el vínculo matrimonial que nos une.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Nuestro domicilio lo fijamos en </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Dirección completa]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, Provincia de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Provincia]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dentro de nuestro matrimonio hemos adquirido los siguientes bienes: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Descripción de bienes]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, como consta en el Certificado del Registro de la Propiedad adjunto a la presente demanda.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Insinuamos para el cargo de curador ad-litem de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del menor]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> a la señora </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, con cédula de ciudadanía </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Número]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, persona de reconocida probidad y honradez, a quien se eximirá de rendir caución por la naturaleza de la curaduría.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Con respecto a la tenencia de nuestro hijo </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del hijo]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, estará a cargo de la madre, el régimen de visitas será abierto y las pensiones alimenticias ya han sido resueltas dentro del juicio </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Número de proceso]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, del cual adjunto la copia certificada de la sentencia.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ikvxfowabmuv" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2. FUNDAMENTOS DE DERECHO</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">La presente demanda se encuentra amparada en los artículos 105 numeral 4, 106, 107 y 108 del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Código Civil</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ecuatoriano.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_rg63pmmfxazf" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3. SOLICITUD</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Con estos antecedentes, solicitamos a usted, Señor Juez, que en sentencia declare disuelto el vínculo matrimonial que nos une y ordene su posterior inscripción en el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Registro Civil</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, conforme al artículo 128 del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Código Civil</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_i8okjpt8g4o6" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4. PRUEBAS DOCUMENTALES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Adjuntamos los siguientes documentos como prueba:</w:t>
       </w:r>
@@ -865,545 +896,570 @@
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Copia certificada de la sentencia del juicio de alimentos (si aplica)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_yfbmq31azn3g" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5. PRUEBA TESTIMONIAL</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Se tomen las declaraciones de las siguientes personas:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del testigo 1]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, a quien se notificará en la ciudad de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Ciudad] calle </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Dirección]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:before="0" w:beforeAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del testigo 2]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, a quien se notificará en la ciudad de  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Ciudad] calle </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Dirección]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_cq0gy9yclmbe" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6. TRÁMITE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Solicitamos que la presente causa se tramite bajo el </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">procedimiento voluntario</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, conforme al artículo 334, numeral 3 del </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Código Orgánico General de Procesos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gmyhbt7809ns" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7. CUANTÍA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Por su naturaleza, la cuantía de la presente causa es </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">indeterminada</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:spacing w:before="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_hjsafz632b77" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8. DESIGNACIÓN DE ABOGADO Y NOTIFICACIONES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Designamos como nuestro abogado defensor a </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del abogado]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, a quien autorizamos para presentar escritos y comparecer en nuestro nombre.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Las notificaciones las recibiremos en la </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">casilla judicial N° [Número]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> y en el domicilio electrónico </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Correo del abogado]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Atentamente,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del cónyuge 1]</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cédula: [Número de cédula 1]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[Nombre del cónyuge 2]</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cédula: [Número de cédula 2]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ABOGADO PATROCINADOR</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> [Nombre del abogado]</w:t>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve"> Matrícula: [Número de matrícula]</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16834" w:w="11909" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
@@ -1739,50 +1795,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1805,148 +1862,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>