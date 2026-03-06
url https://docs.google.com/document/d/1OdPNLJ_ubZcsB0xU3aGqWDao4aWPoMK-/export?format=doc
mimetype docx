--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -108,73 +108,75 @@
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00416D8D" w:rsidRPr="00580CB2">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SECTION I – Previous Applicable Academic Employment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="191E78FE" w14:textId="77777777" w:rsidR="00416D8D" w:rsidRDefault="00416D8D" w:rsidP="00BD2C07">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="IntCont"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4DF871DF" w14:textId="77777777" w:rsidR="00416D8D" w:rsidRDefault="007A39C5" w:rsidP="007A39C5">
+    <w:p w14:paraId="4DF871DF" w14:textId="715CADC4" w:rsidR="00416D8D" w:rsidRDefault="0083749E" w:rsidP="0083749E">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="007A39C5">
+      <w:bookmarkStart w:id="0" w:name="IntCont"/>
+      <w:bookmarkStart w:id="1" w:name="Section_I_A"/>
+      <w:r>
+        <w:t xml:space="preserve">A.    </w:t>
+      </w:r>
+      <w:r w:rsidR="007A39C5" w:rsidRPr="007A39C5">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007A39C5">
         <w:instrText>HYPERLINK  \l "Section_I_A" \o "Include information in the appropriate column below.</w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007A39C5">
         <w:cr/>
         <w:instrText>- Denote any off-scale positions with an 'OS' (e.g. 'III OS')</w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007A39C5">
         <w:cr/>
         <w:instrText>- Please enter the amount of time dedicated to the position as a percentage.</w:instrText>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C248345" w14:textId="77777777" w:rsidR="00416D8D" w:rsidRDefault="00416D8D" w:rsidP="007A39C5">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BF9206D" w14:textId="77E2D74C" w:rsidR="0038495D" w:rsidRDefault="00416D8D" w:rsidP="007A39C5">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
@@ -453,88 +455,91 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Activity during review period</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="558B38F2" w14:textId="77777777" w:rsidR="002E6578" w:rsidRDefault="002E6578" w:rsidP="00416D8D">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E206AD1" w14:textId="67B2E86B" w:rsidR="00416D8D" w:rsidRDefault="00416D8D" w:rsidP="00BD2C07">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:outlineLvl w:val="0"/>
         <w:sectPr w:rsidR="00416D8D" w:rsidSect="00E558F7">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1152" w:right="1440" w:bottom="720" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="3" w:name="CoursesTaught"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="10EB7FE0" w14:textId="709108B6" w:rsidR="00BD7999" w:rsidRPr="00BD7115" w:rsidRDefault="00C46221" w:rsidP="00C46221">
+    <w:p w14:paraId="10EB7FE0" w14:textId="475FB2EF" w:rsidR="00BD7999" w:rsidRPr="0083749E" w:rsidRDefault="0083749E" w:rsidP="00C46221">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BD2C07">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="CoursesTaught"/>
+      <w:bookmarkStart w:id="4" w:name="Section_II_A"/>
+      <w:r w:rsidRPr="0083749E">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BD7115">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A.   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46221" w:rsidRPr="0083749E">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00C46221" w:rsidRPr="0083749E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText>HYPERLINK  \l "CoursesTaught" \o "Include information in the appropriate column below.  Asterisk (*) classes for which evaluations are supplied and underline all regular courses (not independent study supervision).</w:instrText>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D77E3E6" w14:textId="2B6ED74E" w:rsidR="00BD6ED9" w:rsidRDefault="00BD6ED9" w:rsidP="00BD6ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5646A2C7" w14:textId="77777777" w:rsidR="00BD6ED9" w:rsidRPr="00BD6ED9" w:rsidRDefault="00BD6ED9" w:rsidP="00BD6ED9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
@@ -1668,52 +1673,62 @@
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>(indicate dates, and whether as chair, co-chair, or committee member)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DFA117C" w14:textId="5E5DCE8B" w:rsidR="00606C1B" w:rsidRPr="005D02EE" w:rsidRDefault="00606C1B" w:rsidP="00C46221">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00606C1B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>those who received their Ph.D</w:t>
-      </w:r>
+        <w:t xml:space="preserve">those who received their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00606C1B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ph.D</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BD7115">
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> or PharmD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D7D9AEA" w14:textId="77777777" w:rsidR="005D02EE" w:rsidRPr="00AC3636" w:rsidRDefault="00AC3636" w:rsidP="00C46221">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -2673,69 +2688,78 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B5B829" w14:textId="77777777" w:rsidR="00064E50" w:rsidRPr="00064E50" w:rsidRDefault="00064E50" w:rsidP="00C46221">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2366D1CA" w14:textId="77777777" w:rsidR="00C46221" w:rsidRPr="00B709DD" w:rsidRDefault="00C46221" w:rsidP="00C46221">
+    <w:p w14:paraId="2366D1CA" w14:textId="5862058A" w:rsidR="00C46221" w:rsidRPr="00B709DD" w:rsidRDefault="0083749E" w:rsidP="00C46221">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B709DD">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0083749E">
+        <w:t xml:space="preserve">F.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46221" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B709DD">
+      <w:r w:rsidR="00C46221" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK  \l "TeachingAwards" \o " List here other evidence of teaching activities and quality, especially teaching awards received in this review period.  Also indicate supervision of students in special educational projects (e.g. funded programs) not named in Section II B above.</w:instrText>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A8B0481" w14:textId="77777777" w:rsidR="00415B35" w:rsidRDefault="00C46221" w:rsidP="00C46221">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText xml:space="preserve">" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00B709DD">
         <w:rPr>
@@ -3054,51 +3078,51 @@
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:ind w:left="360"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00826DFA">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>HYPERLINK  \l "Diversity" \o "List here teaching and mentoring activities that promote the University’s mission (see APM 210)."</w:instrText>
       </w:r>
-      <w:r w:rsidR="00826DFA">
+      <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>CONTRIBUTIONS TO INCLUSIVE EXCELLENCE</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="0ED36041" w14:textId="23F1BAC6" w:rsidR="007E77E0" w:rsidRPr="007E77E0" w:rsidRDefault="000277EF" w:rsidP="003B2986">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
@@ -4114,72 +4138,75 @@
         <w:ind w:left="2880" w:hanging="2520"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DD9DC43" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="007E77E0" w:rsidRDefault="006A0982" w:rsidP="003B2986">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880" w:hanging="2520"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="10" w:name="_Hlk77861453"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="63A99CC6" w14:textId="4A1B07F9" w:rsidR="005105E3" w:rsidRPr="00343069" w:rsidRDefault="005105E3" w:rsidP="005105E3">
+    <w:p w14:paraId="63A99CC6" w14:textId="4D5897A8" w:rsidR="005105E3" w:rsidRPr="00343069" w:rsidRDefault="0083749E" w:rsidP="005105E3">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk77861453"/>
+      <w:bookmarkStart w:id="11" w:name="Section_III_B"/>
+      <w:r>
+        <w:t xml:space="preserve">B.   </w:t>
+      </w:r>
+      <w:r w:rsidR="005105E3">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005105E3">
         <w:instrText xml:space="preserve"> HYPERLINK  \l "Section_III_B" \o "</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="005105E3">
+      <w:r w:rsidR="005105E3" w:rsidRPr="005105E3">
         <w:instrText xml:space="preserve"> List work submitted in a previous review only if it remains or has become eligible for consideration in the present review, and if appropriate, state how its status has changed.  Previously submitted creative works that have been restaged, reprinted, translated, re-exhibited, etc., may be listed here.  </w:instrText>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A0DA650" w14:textId="77777777" w:rsidR="00343069" w:rsidRPr="005105E3" w:rsidRDefault="00343069" w:rsidP="005105E3">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54352B33" w14:textId="32F45714" w:rsidR="005105E3" w:rsidRPr="00343069" w:rsidRDefault="005105E3" w:rsidP="00717C19">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
@@ -4362,535 +4389,555 @@
         <w:ind w:left="2880" w:hanging="2520"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F9A35B7" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="007E77E0" w:rsidRDefault="006A0982" w:rsidP="00C316FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880" w:hanging="2520"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A27359E" w14:textId="77777777" w:rsidR="00F17D95" w:rsidRPr="000574ED" w:rsidRDefault="0038495D" w:rsidP="00717C19">
-[...139 lines deleted...]
-    <w:p w14:paraId="77D6013F" w14:textId="77777777" w:rsidR="0038495D" w:rsidRPr="001D7F8D" w:rsidRDefault="00C316FC" w:rsidP="00C316FC">
+    <w:p w14:paraId="0A27359E" w14:textId="5CE6E0C7" w:rsidR="00F17D95" w:rsidRPr="000574ED" w:rsidRDefault="0038495D" w:rsidP="0083749E">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
-        <w:ind w:left="3060"/>
-        <w:outlineLvl w:val="0"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B709DD">
-[...31 lines deleted...]
-    <w:p w14:paraId="67FACADD" w14:textId="77777777" w:rsidR="001D7F8D" w:rsidRPr="007E77E0" w:rsidRDefault="001D7F8D" w:rsidP="00C316FC">
+      <w:r w:rsidRPr="007F1EEE">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Artistic and Professional Performances and Exhibit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D40B582" w14:textId="77777777" w:rsidR="00F17D95" w:rsidRPr="007E77E0" w:rsidRDefault="00F17D95" w:rsidP="00C316FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="223" w:lineRule="exact"/>
         <w:ind w:left="360" w:firstLine="86"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E77E0">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Category</w:t>
       </w:r>
       <w:r w:rsidRPr="007E77E0">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t>Creative Work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E77E0">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Publication or Creative Work</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="1B457F97" w14:textId="2A172EA2" w:rsidR="001D7F8D" w:rsidRDefault="001D7F8D" w:rsidP="001D7F8D">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567FFE2A" w14:textId="5EDFDD33" w:rsidR="00F17D95" w:rsidRDefault="00F17D95" w:rsidP="00C316FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880" w:hanging="2520"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5664BD10" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="007E77E0" w:rsidRDefault="006A0982" w:rsidP="001D7F8D">
+    <w:p w14:paraId="4D35CFD5" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="007E77E0" w:rsidRDefault="006A0982" w:rsidP="00C316FC">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880" w:hanging="2520"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="543C8EA2" w14:textId="77777777" w:rsidR="0038495D" w:rsidRPr="007D50B2" w:rsidRDefault="0038495D" w:rsidP="00717C19">
+    <w:bookmarkStart w:id="13" w:name="LargerWorks"/>
+    <w:p w14:paraId="0746651B" w14:textId="77777777" w:rsidR="00C316FC" w:rsidRPr="00B709DD" w:rsidRDefault="00C316FC" w:rsidP="0083749E">
+      <w:pPr>
+        <w:pStyle w:val="SectionSubheading"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B709DD">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00B709DD">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK  \l "LargerWorks" \o "This optional section is designed only for the rare cases of self-standing units of very large, multi-year projects that will not be published, performed, or otherwise made public until the whole work is complete, but that can and should be evaluated by the department or extramural reviewers.  Such submissions would include movements of a symphony, completed chapters of a scholarly book, or short stories to appear in a single-author collection.  Drafts of any kind, manuscripts in preparation, manuscripts submitted to journals but not accepted for publication, creative writing that is not complete, unpublished descriptions of clinical or other population-based surveys, and the like should not be listed.</w:instrText>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A17A1A" w14:textId="77777777" w:rsidR="00C316FC" w:rsidRPr="00B709DD" w:rsidRDefault="00C316FC" w:rsidP="0083749E">
+      <w:pPr>
+        <w:pStyle w:val="SectionSubheading"/>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D6013F" w14:textId="765CD7DE" w:rsidR="0038495D" w:rsidRPr="001D7F8D" w:rsidRDefault="00C316FC" w:rsidP="0083749E">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:pStyle w:val="SectionSubheading"/>
+      <w:r w:rsidRPr="00B709DD">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">Anything listed here in Section III C. must appear in Sections III B., Work Previously Submitted, in a subsequent merit or promotion action, even when the final, complete work is submitted as a new item in Section III A.  The previously submitted units will have no weight of themselves in a later merit (within-rank) action.  In addition, submission of a 'completed unit' will diminish proportionately the significance of the 'completed whole' in a later merit action.  (Credit for previously considered work in promotions, and in advancements to Professor Step VI and Professor Above Scale follows the guidelines stated in Section III B.)" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00B709DD">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00B709DD">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0083749E" w:rsidRPr="0083749E">
+        <w:t>D.</w:t>
+      </w:r>
+      <w:r w:rsidR="0083749E">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B709DD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>COMPLETED PARTS OF LARGER WORKS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B709DD">
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="67FACADD" w14:textId="77777777" w:rsidR="001D7F8D" w:rsidRPr="007E77E0" w:rsidRDefault="001D7F8D" w:rsidP="00C316FC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
-        <w:spacing w:before="120" w:after="60"/>
-[...41 lines deleted...]
-    <w:p w14:paraId="465DA39C" w14:textId="25CF8FCA" w:rsidR="007D50B2" w:rsidRDefault="007D50B2" w:rsidP="00DE49A0">
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="60" w:line="223" w:lineRule="exact"/>
+        <w:ind w:left="360" w:firstLine="86"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E77E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Category</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E77E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Publication or Creative Work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E77E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B457F97" w14:textId="2A172EA2" w:rsidR="001D7F8D" w:rsidRDefault="001D7F8D" w:rsidP="001D7F8D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:hanging="1440"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="26CBF3F4" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="007E77E0" w:rsidRDefault="006A0982" w:rsidP="00DE49A0">
+        <w:ind w:left="2880" w:hanging="2520"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5664BD10" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="007E77E0" w:rsidRDefault="006A0982" w:rsidP="001D7F8D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="2880"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800" w:hanging="1440"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="115A6753" w14:textId="77777777" w:rsidR="0038495D" w:rsidRPr="007D50B2" w:rsidRDefault="0038495D" w:rsidP="00717C19">
+        <w:ind w:left="2880" w:hanging="2520"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="543C8EA2" w14:textId="77777777" w:rsidR="0038495D" w:rsidRPr="007D50B2" w:rsidRDefault="0038495D" w:rsidP="00717C19">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>INTELLECTUAL PROPERTY – PATENTS, COPYRIGHTS, ETC.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="543A91D9" w14:textId="77777777" w:rsidR="007D50B2" w:rsidRPr="007D50B2" w:rsidRDefault="0047119E" w:rsidP="00DE49A0">
+        <w:t>PROFESSIONAL ONLINE &amp; SYSTEM RESOURCES PRODUCED/MAINTAINED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3238C155" w14:textId="77777777" w:rsidR="007D50B2" w:rsidRPr="007D50B2" w:rsidRDefault="007D50B2" w:rsidP="00DE49A0">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="60"/>
-        <w:ind w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="1800" w:hanging="1440"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:caps w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D50B2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>Date(s)</w:t>
       </w:r>
-      <w:r w:rsidR="007D50B2" w:rsidRPr="007D50B2">
+      <w:r w:rsidR="0047119E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Active</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D50B2">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t>Description</w:t>
       </w:r>
-      <w:r w:rsidR="007D50B2" w:rsidRPr="007D50B2">
-[...3 lines deleted...]
-    <w:p w14:paraId="65FA2299" w14:textId="795A9AA0" w:rsidR="007D50B2" w:rsidRDefault="007D50B2" w:rsidP="007D50B2">
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465DA39C" w14:textId="25CF8FCA" w:rsidR="007D50B2" w:rsidRDefault="007D50B2" w:rsidP="00DE49A0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23EAD4CD" w14:textId="77777777" w:rsidR="006A0982" w:rsidRDefault="006A0982" w:rsidP="007D50B2">
+    <w:p w14:paraId="26CBF3F4" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="007E77E0" w:rsidRDefault="006A0982" w:rsidP="00DE49A0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800" w:hanging="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="14" w:name="Contracts"/>
-    <w:p w14:paraId="480E2F95" w14:textId="77777777" w:rsidR="00C316FC" w:rsidRPr="00B709DD" w:rsidRDefault="00C316FC" w:rsidP="00C316FC">
+    <w:p w14:paraId="115A6753" w14:textId="77777777" w:rsidR="0038495D" w:rsidRPr="007D50B2" w:rsidRDefault="0038495D" w:rsidP="00717C19">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B709DD">
+        <w:spacing w:before="200"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>INTELLECTUAL PROPERTY – PATENTS, COPYRIGHTS, ETC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="543A91D9" w14:textId="77777777" w:rsidR="007D50B2" w:rsidRPr="007D50B2" w:rsidRDefault="0047119E" w:rsidP="00DE49A0">
+      <w:pPr>
+        <w:pStyle w:val="SectionSubheading"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+          <w:tab w:val="left" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="60"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:t>Date(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="007D50B2" w:rsidRPr="007D50B2">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:caps w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Description</w:t>
+      </w:r>
+      <w:r w:rsidR="007D50B2" w:rsidRPr="007D50B2">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FA2299" w14:textId="795A9AA0" w:rsidR="007D50B2" w:rsidRDefault="007D50B2" w:rsidP="007D50B2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1800" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23EAD4CD" w14:textId="77777777" w:rsidR="006A0982" w:rsidRDefault="006A0982" w:rsidP="007D50B2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1800"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1800" w:hanging="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="480E2F95" w14:textId="143F5223" w:rsidR="00C316FC" w:rsidRPr="00B709DD" w:rsidRDefault="0083749E" w:rsidP="00C316FC">
+      <w:pPr>
+        <w:pStyle w:val="SectionSubheading"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="Contracts"/>
+      <w:r w:rsidRPr="0083749E">
+        <w:t>H.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C316FC" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B709DD">
+      <w:r w:rsidR="00C316FC" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>HYPERLINK  \l "Contracts" \o "List such awards using the columns below and indicate if this information was previously submitted.</w:instrText>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F0E8FD" w14:textId="7EA835D0" w:rsidR="00FC48C7" w:rsidRPr="00FC48C7" w:rsidRDefault="00FC48C7" w:rsidP="00FC48C7">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText xml:space="preserve">* </w:instrText>
       </w:r>
@@ -5155,70 +5202,85 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D645BF0" w14:textId="77777777" w:rsidR="006A0982" w:rsidRDefault="006A0982" w:rsidP="004A3F05">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="center" w:pos="7560"/>
           <w:tab w:val="center" w:pos="8910"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="073F06F3" w14:textId="77777777" w:rsidR="006A0982" w:rsidRPr="00580CB2" w:rsidRDefault="006A0982" w:rsidP="006A0982">
+    <w:p w14:paraId="66A3949A" w14:textId="77777777" w:rsidR="0083749E" w:rsidRDefault="0083749E" w:rsidP="006A0982">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="180" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00580CB2">
+    </w:p>
+    <w:p w14:paraId="073F06F3" w14:textId="06F10042" w:rsidR="006A0982" w:rsidRPr="00580CB2" w:rsidRDefault="006A0982" w:rsidP="006A0982">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="180" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00580CB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="00580CB2">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -5286,51 +5348,51 @@
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText xml:space="preserve">* </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC48C7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>Indicate your role.</w:instrText>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1A0599" w14:textId="4D24E88F" w:rsidR="00F75400" w:rsidRPr="00A405B1" w:rsidRDefault="00FC48C7" w:rsidP="00FC48C7">
+    <w:p w14:paraId="6C1A0599" w14:textId="38E25304" w:rsidR="00F75400" w:rsidRPr="00A405B1" w:rsidRDefault="00FC48C7" w:rsidP="00FC48C7">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText xml:space="preserve">** </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC48C7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>Indicate the amount of resource that was allocated (e.g., number of nights,</w:instrText>
       </w:r>
       <w:r>
@@ -5340,56 +5402,71 @@
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC48C7">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>hours of time, quantity of equipment, etc.) for the date period.</w:instrText>
       </w:r>
       <w:r w:rsidR="00DE49A0" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>"</w:instrText>
       </w:r>
       <w:r w:rsidR="00DE49A0" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00DE49A0" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidR="0083749E" w:rsidRPr="0083749E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I.   </w:t>
+      </w:r>
+      <w:r w:rsidR="0083749E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
       <w:r w:rsidR="00DE49A0" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
-        <w:t>ALLOCATION OF OTHER NON-FINANCIAL RESOURCES</w:t>
+        <w:t>LLOCATION OF OTHER NON-FINANCIAL RESOURCES</w:t>
       </w:r>
       <w:r w:rsidR="00DE49A0" w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="3D55AADB" w14:textId="77777777" w:rsidR="004A3F05" w:rsidRPr="004A3F05" w:rsidRDefault="004A3F05" w:rsidP="00893714">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="540"/>
           <w:tab w:val="center" w:pos="8820"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:caps w:val="0"/>
@@ -5501,56 +5578,56 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CF50542" w14:textId="77777777" w:rsidR="006A0982" w:rsidRDefault="006A0982" w:rsidP="00893714">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="center" w:pos="7560"/>
           <w:tab w:val="center" w:pos="8910"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="16" w:name="Diversity2"/>
-    <w:p w14:paraId="328D117B" w14:textId="64A1B3B3" w:rsidR="0038495D" w:rsidRPr="006855F9" w:rsidRDefault="00893714" w:rsidP="00717C19">
+    <w:p w14:paraId="328D117B" w14:textId="64A1B3B3" w:rsidR="0038495D" w:rsidRPr="006855F9" w:rsidRDefault="00893714" w:rsidP="00BD56AA">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00B709DD">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>HYPERLINK  \l "</w:instrText>
       </w:r>
       <w:r w:rsidR="00A54175">
         <w:rPr>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
         </w:rPr>
         <w:instrText>RESEARCHPROFDEV</w:instrText>
       </w:r>
@@ -5657,56 +5734,56 @@
           <w:b w:val="0"/>
           <w:i/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t>Description</w:t>
       </w:r>
       <w:r w:rsidRPr="007D50B2">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D63F91" w14:textId="4EBE9F7F" w:rsidR="00145A6F" w:rsidRDefault="00145A6F" w:rsidP="00145A6F">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BF30CE1" w14:textId="22D5F303" w:rsidR="00145A6F" w:rsidRPr="006855F9" w:rsidRDefault="000277EF" w:rsidP="00145A6F">
+    <w:p w14:paraId="3BF30CE1" w14:textId="22D5F303" w:rsidR="00145A6F" w:rsidRPr="006855F9" w:rsidRDefault="000277EF" w:rsidP="00BD56AA">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="200"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="Diversity2" w:tooltip="List here creative activities that promote the University’s mission (see APM 210)." w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           </w:rPr>
           <w:t>CONTRIBUTIONS TO INCLUSIVE EXCELLENCE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7641D573" w14:textId="77777777" w:rsidR="00145A6F" w:rsidRPr="007D50B2" w:rsidRDefault="00145A6F" w:rsidP="00145A6F">
       <w:pPr>
         <w:pStyle w:val="SectionSubheading"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
@@ -8165,111 +8242,174 @@
         <w:spacing w:before="720" w:after="0" w:line="223" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447220">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00447220">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DFFE8E0" w14:textId="77777777" w:rsidR="00447220" w:rsidRPr="00447220" w:rsidRDefault="00447220" w:rsidP="00447220">
+    <w:p w14:paraId="2DFFE8E0" w14:textId="77777777" w:rsidR="00447220" w:rsidRDefault="00447220" w:rsidP="00447220">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="8550"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="223" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447220">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00447220">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00447220" w:rsidRPr="00447220" w:rsidSect="00E558F7">
+    <w:p w14:paraId="166BE056" w14:textId="77777777" w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidRDefault="00BD56AA" w:rsidP="00BD56AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21D89F57" w14:textId="77777777" w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidRDefault="00BD56AA" w:rsidP="00BD56AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B5C0458" w14:textId="77777777" w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidRDefault="00BD56AA" w:rsidP="00BD56AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AFB93FB" w14:textId="77777777" w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidRDefault="00BD56AA" w:rsidP="00BD56AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A525779" w14:textId="77777777" w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidRDefault="00BD56AA" w:rsidP="00BD56AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F0E0525" w14:textId="77777777" w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidRDefault="00BD56AA" w:rsidP="00BD56AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5451847D" w14:textId="77777777" w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidRDefault="00BD56AA" w:rsidP="00BD56AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BD56AA" w:rsidRPr="00BD56AA" w:rsidSect="00E558F7">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="720" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="121023D2" w14:textId="77777777" w:rsidR="004514E3" w:rsidRDefault="004514E3" w:rsidP="002644B4">
+    <w:p w14:paraId="23BEEE02" w14:textId="77777777" w:rsidR="00BF780F" w:rsidRDefault="00BF780F" w:rsidP="002644B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D70B281" w14:textId="77777777" w:rsidR="004514E3" w:rsidRDefault="004514E3" w:rsidP="002644B4">
+    <w:p w14:paraId="7AA23E8D" w14:textId="77777777" w:rsidR="00BF780F" w:rsidRDefault="00BF780F" w:rsidP="002644B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -8977,73 +9117,97 @@
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4500"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="223" w:lineRule="exact"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Section V</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="479D4F72" w14:textId="5A82A2D4" w:rsidR="00A405B1" w:rsidRPr="002644B4" w:rsidRDefault="000277EF" w:rsidP="002644B4">
+  <w:p w14:paraId="479D4F72" w14:textId="1C30343F" w:rsidR="00A405B1" w:rsidRPr="002644B4" w:rsidRDefault="000277EF" w:rsidP="002644B4">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="223" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>06/25</w:t>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD56AA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD56AA">
+      <w:rPr>
+        <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6 (formatting fix)</w:t>
     </w:r>
     <w:r w:rsidR="00A405B1" w:rsidRPr="002644B4">
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00A405B1" w:rsidRPr="002644B4">
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00A405B1" w:rsidRPr="002644B4">
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -9067,61 +9231,61 @@
     </w:r>
     <w:r w:rsidR="00A405B1" w:rsidRPr="002644B4">
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00A405B1" w:rsidRPr="002644B4">
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
       <w:t>Form UCI-AP-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71A837DA" w14:textId="77777777" w:rsidR="004514E3" w:rsidRDefault="004514E3" w:rsidP="002644B4">
+    <w:p w14:paraId="2182E059" w14:textId="77777777" w:rsidR="00BF780F" w:rsidRDefault="00BF780F" w:rsidP="002644B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="381F9040" w14:textId="77777777" w:rsidR="004514E3" w:rsidRDefault="004514E3" w:rsidP="002644B4">
+    <w:p w14:paraId="6263617D" w14:textId="77777777" w:rsidR="00BF780F" w:rsidRDefault="00BF780F" w:rsidP="002644B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52081239" w14:textId="77777777" w:rsidR="00C965AD" w:rsidRPr="002644B4" w:rsidRDefault="00C965AD" w:rsidP="002644B4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5220"/>
         <w:tab w:val="right" w:pos="9740"/>
         <w:tab w:val="left" w:pos="9792"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
@@ -9300,51 +9464,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6162675" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="28575">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="">
+                          <a14:hiddenFill xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="0C72CDE5" id="Line 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="1.5pt,4.7pt" to="486.75pt,4.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUMhVr8QEAALUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hwQKWTYirKoAvdAu&#10;0m5/gLEdYtXxWLYhoKr/vWPz0XZ7q5qD5fHMvJn3ZjJ/OnWaHKXzCkxFR8OcEmk4CGX2Ff36uh7M&#10;KPGBGcE0GFnRs/T0afH+3by3pRxDC1pIRxDE+LK3FW1DsGWWed7KjvkhWGnQ2YDrWEDT7TPhWI/o&#10;nc7GeV5kPThhHXDpPb4uL066SPhNI3l4bhovA9EVxd5COl06d/HMFnNW7h2zreLXNtg/dNExZbDo&#10;HWrJAiMHp/6C6hR34KEJQw5dBk2juEwckM0of8PmpWVWJi4ojrd3mfz/g+VfjltHlMDZoTyGdTij&#10;jTKSTKM0vfUlRtRm6yI5fjIvdgP8mycG6paZvUwtvp4tpo1iRvZHSjS8xQK7/jMIjGGHAEmnU+O6&#10;CIkKkFMax/k+DnkKhONjMSrGxcOUEn7zZay8JVrnwycJHYmXimrsOQGz48aH2AgrbyGxjoG10jpN&#10;WxvSV3Q8myJ0dHnQSkRvMtx+V2tHjiwuTPoSrTdhDg5GJLRWMrG63gNT+nLH6tpEPOSC/Vxvl434&#10;/pg/rmar2WQwGRerwSQXYvBxXU8GxXr0MF1+WNb1cvTjWvWWn3SNUl6GsgNx3rqb3rgbifB1j+Py&#10;/W6nqfz62xY/AQAA//8DAFBLAwQUAAYACAAAACEAtjyla9sAAAAFAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQU/CQBSE7yb+h80z8WJgq4hC6ZYgiTdDAhLD8bX7aBu7b5vdhZZ/78pFj5OZzHyTLQfT&#10;ijM531hW8DhOQBCXVjdcKdh/vo9mIHxA1thaJgUX8rDMb28yTLXteUvnXahELGGfooI6hC6V0pc1&#10;GfRj2xFH72idwRClq6R22Mdy08qnJHmRBhuOCzV2tK6p/N6djIISN+sNHr9kj+GwensoPi6umil1&#10;fzesFiACDeEvDL/4ER3yyFTYE2svWgWT+CQomD+DiO78dTIFUVy1zDP5nz7/AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhABQyFWvxAQAAtQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALY8pWvbAAAABQEAAA8AAAAAAAAAAAAAAAAASwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" strokeweight="2.25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -9492,51 +9656,51 @@
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6162675" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="28575">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="">
+                          <a14:hiddenFill xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="7127093C" id="Line 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="1.5pt,4.7pt" to="486.75pt,4.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7xo7x8AEAALQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hwQKWTYirKoAvdAu&#10;0m5/gLEdYtXxWLYhoKr/vWPz0XZ7q5qD5fHMvJn3ZjJ/OnWaHKXzCkxFR8OcEmk4CGX2Ff36uh7M&#10;KPGBGcE0GFnRs/T0afH+3by3pRxDC1pIRxDE+LK3FW1DsGWWed7KjvkhWGnQ2YDrWEDT7TPhWI/o&#10;nc7GeV5kPThhHXDpPb4uL066SPhNI3l4bhovA9EVxd5COl06d/HMFnNW7h2zreLXNtg/dNExZbDo&#10;HWrJAiMHp/6C6hR34KEJQw5dBk2juEwckM0of8PmpWVWJi4ojrd3mfz/g+VfjltHlMDZUWJYhyPa&#10;KCPJNCrTW19iQG22LnLjJ/NiN8C/eWKgbpnZy9Th69li2ihmZH+kRMNbxN/1n0FgDDsESDKdGtdF&#10;SBSAnNI0zvdpyFMgHB+LUTEuHqaU8JsvY+Ut0TofPknoSLxUVGPPCZgdNz7ERlh5C4l1DKyV1mnY&#10;2pC+ouPZFKGjy4NWInqT4fa7WjtyZHFf0pdovQlzcDAiobWSidX1HpjSlztW1ybiIRfs53q7LMT3&#10;x/xxNVvNJoPJuFgNJrkQg4/rejIo1qOH6fLDsq6Xox/Xqrf8pGuU8jKUHYjz1t30xtVIhK9rHHfv&#10;dztN5dfPtvgJAAD//wMAUEsDBBQABgAIAAAAIQC2PKVr2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8JAFITvJv6HzTPxYmCriELpliCJN0MCEsPxtftoG7tvm92Fln/vykWPk5nMfJMtB9OK&#10;MznfWFbwOE5AEJdWN1wp2H++j2YgfEDW2FomBRfysMxvbzJMte15S+ddqEQsYZ+igjqELpXSlzUZ&#10;9GPbEUfvaJ3BEKWrpHbYx3LTyqckeZEGG44LNXa0rqn83p2MghI36w0ev2SP4bB6eyg+Lq6aKXV/&#10;N6wWIAIN4S8Mv/gRHfLIVNgTay9aBZP4JCiYP4OI7vx1MgVRXLXMM/mfPv8BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEA+8aO8fABAAC0AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAtjyla9sAAAAFAQAADwAAAAAAAAAAAAAAAABKBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" strokeweight="2.25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
@@ -9586,51 +9750,51 @@
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Cont’</w:t>
     </w:r>
     <w:r w:rsidRPr="00580CB2">
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>d</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00265607"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B20E4A9E"/>
+    <w:tmpl w:val="EA44D5D2"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9764,52 +9928,52 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16836277"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="395E3C06"/>
-    <w:lvl w:ilvl="0" w:tplc="04090015">
+    <w:tmpl w:val="76F400DC"/>
+    <w:lvl w:ilvl="0" w:tplc="E0A8128E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
@@ -9851,228 +10015,317 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9000" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25446326"/>
+    <w:nsid w:val="1AA14A0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="13D4F23C"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="B248FDF8"/>
+    <w:lvl w:ilvl="0" w:tplc="02AA7E2C">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="34957CF5"/>
+    <w:nsid w:val="25446326"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BB1CD7BA"/>
-    <w:lvl w:ilvl="0" w:tplc="880A927A">
+    <w:tmpl w:val="13D4F23C"/>
+    <w:lvl w:ilvl="0" w:tplc="2BD6F5EC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34957CF5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB1CD7BA"/>
+    <w:lvl w:ilvl="0" w:tplc="880A927A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52486A3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4F62CB7A"/>
     <w:lvl w:ilvl="0" w:tplc="7F52CFF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10118,51 +10371,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61A24A3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="905484B2"/>
     <w:lvl w:ilvl="0" w:tplc="168EC5F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10208,51 +10461,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70275E98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC429BCA"/>
     <w:lvl w:ilvl="0" w:tplc="3D426674">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -10301,77 +10554,80 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="816729694">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2139685782">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1460149404">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1982537697">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1316644175">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1744251777">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1316644175">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="7" w16cid:durableId="1794052299">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="660426038">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1910337754">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0038495D"/>
     <w:rsid w:val="00003E43"/>
     <w:rsid w:val="0000585B"/>
@@ -10388,50 +10644,51 @@
     <w:rsid w:val="000B30C4"/>
     <w:rsid w:val="000C2955"/>
     <w:rsid w:val="000C3046"/>
     <w:rsid w:val="000D4507"/>
     <w:rsid w:val="000D6556"/>
     <w:rsid w:val="000D701B"/>
     <w:rsid w:val="0013626E"/>
     <w:rsid w:val="001370ED"/>
     <w:rsid w:val="00145A6F"/>
     <w:rsid w:val="00150CA1"/>
     <w:rsid w:val="0017636A"/>
     <w:rsid w:val="001804E8"/>
     <w:rsid w:val="00187129"/>
     <w:rsid w:val="00194DEC"/>
     <w:rsid w:val="001B6E0D"/>
     <w:rsid w:val="001C583E"/>
     <w:rsid w:val="001C5DD0"/>
     <w:rsid w:val="001D270A"/>
     <w:rsid w:val="001D7F8D"/>
     <w:rsid w:val="001F3E64"/>
     <w:rsid w:val="00232501"/>
     <w:rsid w:val="002563D6"/>
     <w:rsid w:val="00260493"/>
     <w:rsid w:val="002644B4"/>
     <w:rsid w:val="00273E42"/>
+    <w:rsid w:val="002756AB"/>
     <w:rsid w:val="002767FA"/>
     <w:rsid w:val="002775A3"/>
     <w:rsid w:val="002B5BD2"/>
     <w:rsid w:val="002C66D5"/>
     <w:rsid w:val="002C7D87"/>
     <w:rsid w:val="002E6578"/>
     <w:rsid w:val="003105B7"/>
     <w:rsid w:val="003156AB"/>
     <w:rsid w:val="00323CA8"/>
     <w:rsid w:val="003352C2"/>
     <w:rsid w:val="00343069"/>
     <w:rsid w:val="003530C2"/>
     <w:rsid w:val="003612DD"/>
     <w:rsid w:val="00371D4F"/>
     <w:rsid w:val="00376AE6"/>
     <w:rsid w:val="00384932"/>
     <w:rsid w:val="0038495D"/>
     <w:rsid w:val="003924E2"/>
     <w:rsid w:val="003968BD"/>
     <w:rsid w:val="003B2986"/>
     <w:rsid w:val="003C432A"/>
     <w:rsid w:val="003C572C"/>
     <w:rsid w:val="003D6755"/>
     <w:rsid w:val="003E32E9"/>
     <w:rsid w:val="003F7214"/>
@@ -10466,102 +10723,105 @@
     <w:rsid w:val="006162E1"/>
     <w:rsid w:val="00637280"/>
     <w:rsid w:val="00645255"/>
     <w:rsid w:val="006855F9"/>
     <w:rsid w:val="006A0982"/>
     <w:rsid w:val="006B54E7"/>
     <w:rsid w:val="006C476E"/>
     <w:rsid w:val="006F19A7"/>
     <w:rsid w:val="00707FB6"/>
     <w:rsid w:val="00717C19"/>
     <w:rsid w:val="00771FE7"/>
     <w:rsid w:val="0079405D"/>
     <w:rsid w:val="007A066A"/>
     <w:rsid w:val="007A39C5"/>
     <w:rsid w:val="007B1FAC"/>
     <w:rsid w:val="007C0ADC"/>
     <w:rsid w:val="007D018B"/>
     <w:rsid w:val="007D50B2"/>
     <w:rsid w:val="007D7320"/>
     <w:rsid w:val="007E02E2"/>
     <w:rsid w:val="007E77E0"/>
     <w:rsid w:val="007F624D"/>
     <w:rsid w:val="00806928"/>
     <w:rsid w:val="008072D6"/>
     <w:rsid w:val="00826DFA"/>
+    <w:rsid w:val="0083749E"/>
     <w:rsid w:val="0084251C"/>
     <w:rsid w:val="00846D5B"/>
     <w:rsid w:val="00855A73"/>
     <w:rsid w:val="00855AC3"/>
     <w:rsid w:val="0086179D"/>
     <w:rsid w:val="00893714"/>
     <w:rsid w:val="008C3AAD"/>
     <w:rsid w:val="008E78F9"/>
     <w:rsid w:val="009131DA"/>
     <w:rsid w:val="00932DF7"/>
     <w:rsid w:val="0094024F"/>
     <w:rsid w:val="009665E6"/>
     <w:rsid w:val="0097041E"/>
     <w:rsid w:val="00976F5C"/>
     <w:rsid w:val="00982791"/>
     <w:rsid w:val="00992D43"/>
     <w:rsid w:val="009937E9"/>
     <w:rsid w:val="009A0741"/>
     <w:rsid w:val="009B53DA"/>
     <w:rsid w:val="009C398F"/>
     <w:rsid w:val="009D5F34"/>
     <w:rsid w:val="009F09E7"/>
     <w:rsid w:val="00A31726"/>
     <w:rsid w:val="00A405B1"/>
     <w:rsid w:val="00A540D3"/>
     <w:rsid w:val="00A54175"/>
     <w:rsid w:val="00A73535"/>
     <w:rsid w:val="00A97763"/>
     <w:rsid w:val="00AB70C3"/>
     <w:rsid w:val="00AC3636"/>
     <w:rsid w:val="00AC5190"/>
     <w:rsid w:val="00AE22B2"/>
     <w:rsid w:val="00AE35ED"/>
     <w:rsid w:val="00AE4EB8"/>
     <w:rsid w:val="00AF08E2"/>
     <w:rsid w:val="00B0450F"/>
     <w:rsid w:val="00B2565F"/>
     <w:rsid w:val="00B65AE6"/>
     <w:rsid w:val="00B67BD5"/>
     <w:rsid w:val="00B71755"/>
     <w:rsid w:val="00B83937"/>
     <w:rsid w:val="00B94C7F"/>
     <w:rsid w:val="00BA3D04"/>
     <w:rsid w:val="00BB24A7"/>
     <w:rsid w:val="00BC0E49"/>
     <w:rsid w:val="00BC19C3"/>
     <w:rsid w:val="00BD2C07"/>
+    <w:rsid w:val="00BD56AA"/>
     <w:rsid w:val="00BD6ED9"/>
     <w:rsid w:val="00BD7115"/>
     <w:rsid w:val="00BD7999"/>
     <w:rsid w:val="00BF230B"/>
     <w:rsid w:val="00BF3A1F"/>
+    <w:rsid w:val="00BF780F"/>
     <w:rsid w:val="00C02337"/>
     <w:rsid w:val="00C14F04"/>
     <w:rsid w:val="00C168F7"/>
     <w:rsid w:val="00C23065"/>
     <w:rsid w:val="00C316FC"/>
     <w:rsid w:val="00C351C6"/>
     <w:rsid w:val="00C46221"/>
     <w:rsid w:val="00C57924"/>
     <w:rsid w:val="00C66E7A"/>
     <w:rsid w:val="00C66ED7"/>
     <w:rsid w:val="00C93172"/>
     <w:rsid w:val="00C965AD"/>
     <w:rsid w:val="00CB1A71"/>
     <w:rsid w:val="00CC3210"/>
     <w:rsid w:val="00CF1079"/>
     <w:rsid w:val="00D22D64"/>
     <w:rsid w:val="00D375E5"/>
     <w:rsid w:val="00D82059"/>
     <w:rsid w:val="00D85A7A"/>
     <w:rsid w:val="00D967D8"/>
     <w:rsid w:val="00DE49A0"/>
     <w:rsid w:val="00DE7628"/>
     <w:rsid w:val="00E402B3"/>
     <w:rsid w:val="00E43E67"/>
     <w:rsid w:val="00E558F7"/>
@@ -11943,69 +12203,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A26F69EA-BC65-462E-8711-930480EB4207}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2169</Words>
-  <Characters>12368</Characters>
+  <Words>1918</Words>
+  <Characters>12663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>575</Lines>
+  <Paragraphs>373</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UC Irvine</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14508</CharactersWithSpaces>
+  <CharactersWithSpaces>14208</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Peter Underwood</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>