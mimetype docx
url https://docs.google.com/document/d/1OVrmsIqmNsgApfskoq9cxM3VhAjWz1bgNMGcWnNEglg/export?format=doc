--- v0 (2025-10-07)
+++ v1 (2025-11-30)
@@ -1,32 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
@@ -106,149 +107,152 @@
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="570" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Activity Guide - Prototype Brainstorming</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="500063"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image10.png"/>
+                  <wp:docPr id="3" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="500063"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -332,127 +336,131 @@
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">UI Element</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Intended Use</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1200" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="685800" cy="457200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image5.png"/>
+                  <wp:docPr id="10" name="image10.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.png"/>
+                          <pic:cNvPr id="0" name="image10.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="685800" cy="457200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -494,56 +502,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="742950" cy="476250"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="4" name="image3.png"/>
+                  <wp:docPr id="4" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="742950" cy="476250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -585,56 +593,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="657225" cy="457200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image6.png"/>
+                  <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="657225" cy="457200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -676,56 +684,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="781050" cy="523875"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="7" name="image11.png"/>
+                  <wp:docPr id="7" name="image5.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image11.png"/>
+                          <pic:cNvPr id="0" name="image5.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="781050" cy="523875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -767,56 +775,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="802196" cy="537735"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image9.png"/>
+                  <wp:docPr id="2" name="image8.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image9.png"/>
+                          <pic:cNvPr id="0" name="image8.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="802196" cy="537735"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -858,56 +866,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="606933" cy="563581"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image8.png"/>
+                  <wp:docPr id="6" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="606933" cy="563581"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -949,56 +957,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="571500" cy="542925"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="11" name="image1.png"/>
+                  <wp:docPr id="11" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="571500" cy="542925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1040,56 +1048,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="723900" cy="466725"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image4.png"/>
+                  <wp:docPr id="5" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="723900" cy="466725"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1131,56 +1139,56 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="523875" cy="581025"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="9" name="image7.png"/>
+                  <wp:docPr id="9" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="523875" cy="581025"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1254,56 +1262,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6693408" cy="2590800"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="U4L13 Example - What's For Lunch- Wireframes.jpg" id="8" name="image2.jpg"/>
+            <wp:docPr descr="U4L13 Example - What's For Lunch- Wireframes.jpg" id="8" name="image11.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="U4L13 Example - What's For Lunch- Wireframes.jpg" id="0" name="image2.jpg"/>
+                    <pic:cNvPr descr="U4L13 Example - What's For Lunch- Wireframes.jpg" id="0" name="image11.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6693408" cy="2590800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1452,137 +1460,143 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">App Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Suggested Screens</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
@@ -2577,129 +2591,135 @@
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Screen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Links to</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1120" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
@@ -3862,50 +3882,51 @@
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Unit 4</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4334,50 +4355,51 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4386,85 +4408,88 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="460" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="38"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffa400"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -4474,122 +4499,124 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>