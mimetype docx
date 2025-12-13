--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,340 +1,357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ASSISTANT ENGINEER UNITED ELECTRICAL INDUSTRIES LIMITED(CATEGORY NO.73/2013) SYLLABUS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Module I</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kirchhoff’s law-solution of series-parallel circuits-Magnetic circuits-mmf,flux,reluctance comparison of magnetic and electric circuits-Faraday’s laws Lenz’s law-statically and dynamically induced emf-self and mutual inductance-coefficient of coupling –single phase AC circuits-generation of sinusoidal emf-cycle.frequency,Time period-average and rms values-Form factor and peak factor of sine wave only-analysis of simple RLC circuits 1 reactance and impedance –active reactive and apparent power-power factor.3 phase circuits –generation of three phase AC voltage-star-delta connection-voltage &amp; current relationships in star and delta ,Basic principle of operation of Transformers,DC generators &amp; Motors</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Module II</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Indication instrument-</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Moving coil,moving iron,Dynamometer type wattmeter-principle &amp; torque equation-classification of errors-errors in indicating instruments and compensation watt meter and energy meters-principle-torque equation-errors and compensation-static wattmeter and energy meters</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Module III</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Basic Circuit Components:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Diode:Germanium,Silicon,Zener,LEDs(working principle only).Forward and reverse characteristics.Rectifiers:Half wave,full wave,Bridge circuits,DC power supply:Capacitor filter,Zener regulator,Transistors:Different configurations-CE characteristics-Beta,concept of Amplifiers:Common emitter RC coupled amplifier,Frequency response,Bandwidth.Comparison of BJT,FET,MOSFET,IGBT</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Module IV</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Integrated circuits:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Advantages,classification of Linear and Digital ICs.Logic Gates,realization of logic functions,Basics of Op-amps,inverting and non inverting amplifiers</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Basic communication engineering:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Frequency bands :RF,VHF,UHF,Modulation-need for modulation,basic principles of AM,FM.Satellite Communication-Earth station ,transponder and receiver.Mobile Communication:basic principles of cellular communications,concepts of cells,frequency reuse,principle and block diagram of GSM</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Module V</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Thermodynamics-systems,properties,processes and cycles,zeroth,first and second laws-Carnot cycle-Efficiency of engine,COP of refrigerator.Two stroke and four stroke IC engines-working,comparison and applications-simple gas turbine unit-vapour compression refrigerating system.Window and split air conditioning.Hydraulic pumps and turbines.</w:t>
@@ -351,57 +368,59 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Power transmission elements-rope,chain and belt drives.Gears and gear trains</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Module VI</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Materials and their properties.</w:t>
@@ -418,178 +437,186 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Elementary ideas on manufacturing processes Elementary ideas on Machine tools-Lathe,shaper,planer,milling machine,drilling machine,grinding machine,CNC machines Functions of management-types of organizations,role of managers,planning process,productivity and inventory management,quality control,cost control.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">MODULE VII-ENGINEERING MECHANICS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Basic Dimensions and Units.Vector and Scalar quantities.Principles  of Statistics-Force Systems-Coplanar,Collinear,Concurrent and Parallel.Equilibrium of rigid bodies-free body diagrams.Forces in space:Equations of equilibrium.Fiction:Laws of friction angle of friction-cone of friction.Principle of Virtual work:Equilibrium of Ideal systems,stable and unstable equilibrium-Different types of supports,loads and beams-Reactions at supports.Shear force and Bending moment in beams.Kinetics:Newton’s laws of translator motion.Equation of motion.Work,Power and Energy-Work-Energy principle-Impulse,Momentum,Collision of elastic bodies –Law of conservation of momentum.Centrifugal and Centripetal Forces.Simple Harmonic Motion.Free Vibration Oscillations.Applications.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">MODULE VIII-BASIC CIVIL ENGINEERING</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Objectives,Principles &amp; Types of Surveying.Levelling-Instuments &amp; principles.Computation of Areas:Various rules.Basic principles of total station,remote sensing,GPS and GIS.Site Selection,Types of Buildings.Components of buildings.Foundation :Different types.Super Structure:Stone &amp; Brick Masonry.Partition,Doors,Windows &amp; Ventilators.Plastering &amp; Painting-Types &amp; materials.Flooring &amp; Roofing-Types &amp; Materials.Concrete:Ingredients-cement,aggregate and water.Test on Cement &amp; Aggregates.Plain Cement Concrete(PCC),Reinforced Cement Concrete(RCC):-IS Specifications.Steel :Common types used in construction.Air,Soil and water Pollution.Waste management.Concept of Sustainable Buildings:Green buildings,intelligent building.Classification of Roads-Basic of Traffic Engineering.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PART II:GENERAL KNOWLEDGE,CURRENT AFFAIRS&amp; RENAISSANCE IN KERALA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Salient Features of Indian  Constitution</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Salient Features of the Constitution-Preamble-its significance and its place in the interpretation of the Constitution.Fundamental Rights-Directive Principles of State Policy-Relation between Fundamental Rights and Directive Principles-Fundamental Duties.Executive-Legislature-Judiciary-Both at Union and State level-Other Constitutional Authorities.</w:t>
@@ -666,534 +693,558 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Amendment Provisions of the Constitution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Social Welfare Legislations and Programmes</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Social Service Legislations like Right to Information Act,Prevention of atrocities against Women &amp; Children,Food Security Act,Environmental Acts etc.and Social Welfare Programmes like Employment Guarantee Programme,Organ and Blood Donation etc.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">RENAISSANCE IN KERALA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Towards A New Society</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduction to English education-various missionary organizations and their functioning founding of educational institutions,factories.printing press etc.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Efforts To Reform The Society</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A.Socio-Religious reform Movements</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SNDP Yogam Nair Service Society,Yogakshema Sabha,Sadhu Jana Paripalana Sangham,Vaala Samudaya Parishkarani  Sabha,Samathwa Samajam,Islam Dharma Paripalana Sangham,Prathyaksha Raksha Daiva Sabha,Sahodara Prasthanam etc.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">B.Struggles and Social Revolts</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Upper cloth revolts .Channar agitation,Vaikom Sathyagraha,Guruvayoor Sathyagraha,Paliyam Sathyagraha.Kuttamkulam Sathyagraha,Temple Entry Proclamation,Temple Entry Act,Malayalee Memorial,Ezhava Memorial etc.Malabar riots,Civil Disobedience Movement,Abstention movement etc.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Role of Press in Renaissance</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Malayalee,Swadeshabhimani,Vivekodayam,Mithavadi,Swaraj,Malayala Manorama,Bhashaposhini,Mathrubhoomi,Kerala Kaumudi,Samadarsi,Kesari,Al-Ameen,Prabhatham,Yukthivadi,etc</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Awakening Through Literature</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Novel,Drama,Poetry,Purogamana Sahithya Prasthanam,Nataka Prashtanam,Library movement etc</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Women And Social Change</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Parvathi Nenmenimangalam,Arya Pallam,AV Kuttimalu Amma,Lalitha Prabhu Akkamma Cheriyan,Anna Chandi,Lalithambika Antharjanam and others</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Leaders of  Renaissance</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Thycaud Ayya Vaikundar,Sree Narayana Guru,Ayyan Kali.Chattampi Swamikal,Brahmananda Sivayogi,Vagbhadananda,Poikayil Yohannan(Kumara Guru)Dr palpu,Palakkunnath Abraham Malpan,Mampuram Thangal,Sahodaran Ayyappan,Pandit K P Karuppan,Pampadi John Joseph,Mannathu Padmanabhan,V T Bhattathirippad,Vakkom Abdul Khadar Maulavi,Makthi Thangal,Blessed Elias Kuriakose Chaavara,Barrister G P Pillai,T K Madhavan,Moorkoth Kumaran,C.Krishnan,K P Kesava Menon,Dr.Ayyathan Gopalan,C V Kunjuraman,Kuroor Neelakantan Namboothiripad,Velukkutty Aryan,K P Vellon,P K Chathan Master,K Kelappan,P.Krishna Pillai,A.K.Gopalan,T R Krishnaswami Iyer,C.Kesavan.Swami Ananda Theerthan,M C Joseph,Kuttippuzha Krishnapillai and others</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Literary Figures</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kodungallur Kunhikkuttan Thampuran,Kerala Varma Valiyakoyi Thampuran,Kandathil Varghese Mappila.Kumaran Asan,Vallathol Narayana Menon,Ulloor S Parameswara Iyer,G Sankara Kurup,Changampuzha Krishna Pillai,Chandu Menon,Vaikom Muhammad Basheer.Kesav Dev,Thakazhi Sivasankara Pillai,Ponkunnam Varky,S K Pottakkad and others</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">GENERAL KNOWLEDGE AND CURRENT AFFAIRS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">GENERAL KNOWLEDGE AND CURRENT AFFAIRS</w:t>
@@ -1285,85 +1336,88 @@
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4680"/>
         <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="720" w:line="240" w:lineRule="auto"/>
       <w:rPr/>
     </w:pPr>
     <w:hyperlink r:id="rId1">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="1155cc"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">WWW.FACEBOOK.COM/WISHYOUONLINE</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> ,IF YOU SHARE TO YOUR FRIENDS PLEASE MAY HELP THEM.</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1371,163 +1425,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wishyouonline.blogspot.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.facebook.com/WISHYOUONLINE" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>