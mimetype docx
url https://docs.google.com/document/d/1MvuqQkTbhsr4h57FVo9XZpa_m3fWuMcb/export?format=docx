--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -72,166 +73,173 @@
           <w:tblGrid>
             <w:gridCol w:w="567"/>
             <w:gridCol w:w="3969"/>
             <w:gridCol w:w="9972"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">AVANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:right w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Livre</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions utiles</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -311,138 +319,145 @@
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="f2f2f2" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Retour sur la façon de procéder</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-Pourquoi fait-on une lecture interactive?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pour partager nos impressions, nos sentiments, nos réactions…</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
@@ -457,400 +472,422 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">en participant aux discussions</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">en donnant son point de vue</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">en écoutant attentivement l’histoire</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:trHeight w:val="2528" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Avant de présenter l’album :</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="white"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Commentaire descriptif</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -871,64 +908,66 @@
                   <w:u w:val="single"/>
                   <w:vertAlign w:val="baseline"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://constellations.education.gouv.qc.ca/index.php?p=il&amp;lo=46313&amp;sec=2</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="white"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">« Dolly la truie et Jack le lapin adorent être ensemble, que ce soit pour jouer, discuter ou rêver. Un jour, ils décident de peindre, avec amour et application, le portrait de l’autre. Lorsque vient le dévoilement des œuvres, Dolly accuse Jack de l’avoir fait ressembler à une citrouille. De son côté, le lapin n’apprécie pas du tout les oreilles en forme de limaces que la truie a peintes. Dolly et Jack se quittent en déclarant leur amitié brisée. Pour calmer leur colère, ils songent à ce qu’ils aiment par-dessus tout. Et le besoin de se réconcilier se fait aussitôt sentir. Cet album montre que les petites disputes ne valent pas la perte d’une grande amitié. Le récit met en scène un duo attachant, espiègle et sincère, à travers une déclinaison de bonheurs partagés. Douloureuse, mais bénigne, la brouille entre Dolly et Jack prend la forme d’une blessure d’amour propre. L’histoire, qu'un narrateur externe raconte en partie, évolue au rythme d’illustrations dynamiques, au trait de fusain vif et enjoué, rehaussé de couleurs tendres. Inscrites dans des bulles, les répliques que les deux amis échangent s'avèrent tour à tour candides, maussades et pleines de sagesse. » </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
@@ -1032,122 +1071,127 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Présentation de l’album</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">** Annoncer aux élèves les raisons pour lesquelles ce choix de livre a été fait.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">J’ai choisi ce livre car le résumé de la quatrième de couverture m’a fait penser à vous, mes élèves et à plusieurs situations que nous vivons dans la classe.</w:t>
             </w:r>
           </w:p>
@@ -1239,86 +1283,89 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction de l’intention</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:u w:val="single"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le titre</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
@@ -1403,153 +1450,163 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Que vois-tu sur la page couverture?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Quel est le titre et que signifie-t-il selon toi? </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1580,50 +1637,51 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:color w:val="333333"/>
                 <w:highlight w:val="white"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le résumé suivant : </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="333333"/>
                 <w:highlight w:val="white"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Dolly la truie et Jack le lapin adorent être ensemble, que ce soit pour jouer, discuter ou rêver. Un jour, ils décident de peindre, avec amour et application, le portrait de l’autre. Lorsque vient le dévoilement des œuvres…</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="1440" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
@@ -1749,508 +1807,535 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Au besoin, expliquer quelques mots difficiles…</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Brouille : une dispute, se chamailler</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jouer à en perdre haleine : perdre le souffle suite à un effort (courir)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lignes biscornues : qui a une forme irrégulière, bizarre</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PENDANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">LECTURE PROPREMENT DITE </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Arrêts favorisant l’anticipation</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Après la 3</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2364,235 +2449,245 @@
               </w:rPr>
               <w:t xml:space="preserve">À la 23</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> page (le jour suivant…), demander aux élèves leurs prédictions pour la suite de l’histoire.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">APRÈS</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RAPPEL DE L’HISTOIRE (demander à un élève de raconter l’histoire dans ses mots)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions pour favoriser la compréhension implicite</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
@@ -2647,166 +2742,172 @@
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Quel problème rencontre les 2 amis?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="1"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions pour favoriser l’interprétation</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
@@ -2921,73 +3022,76 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions pour favoriser les réactions</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
@@ -3085,73 +3189,76 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions pour favoriser l’appréciation</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
@@ -3239,197 +3346,208 @@
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="000000" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RETOUR SUR L’INTENTION </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:highlight w:val="black"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">DE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> LECTURE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="bfbfbf" w:val="clear"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Prolongement possible </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">É.C.R. – réfléchir sur des questions éthiques</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
@@ -3639,50 +3757,51 @@
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Travailler les 4 étapes de la résolution de conflit (se calmer, se parler, chercher et trouver une ou des solutions possibles)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:cs="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -3718,100 +3837,108 @@
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">1</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="superscript"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">re</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> année – Globalité de la sexualité                                                                                                             </w:t>
       <w:tab/>
       <w:t xml:space="preserve">Isabelle Houle, Centre de services scolaire du Chemin-Du-Roy</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
@@ -5013,195 +5140,203 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr/>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine w:val="0"/>
     <w:hidden w:val="0"/>
     <w:qFormat w:val="0"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
       <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
@@ -5512,50 +5647,51 @@
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mieuxenseigner.ca/boutique/index.php?route=product/isearch&amp;search=brouille%20et%20chatouilles&amp;description=true" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://constellations.education.gouv.qc.ca/index.php?p=il&amp;lo=46313&amp;sec=2" TargetMode="External"/></Relationships>
 </file>
 