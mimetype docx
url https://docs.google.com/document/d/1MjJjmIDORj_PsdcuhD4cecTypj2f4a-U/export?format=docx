--- v0 (2026-01-10)
+++ v1 (2026-03-19)
@@ -1505,51 +1505,51 @@
         <w:spacing w:before="49" w:lineRule="auto"/>
         <w:ind w:left="850" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Fira Mono" w:cs="Fira Mono" w:eastAsia="Fira Mono" w:hAnsi="Fira Mono"/>
           <w:color w:val="2cb6c1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">⯈</w:t>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Step-by-Step Guide to the Agreement</w:t>
+        <w:t xml:space="preserve">Step-by-Step  Guide to the Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:spacing w:after="0" w:before="2" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="9651.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="843.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>