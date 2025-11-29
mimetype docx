--- v0 (2025-10-03)
+++ v1 (2025-11-29)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_iilyul3kblmz" w:id="0"/>
@@ -619,95 +620,96 @@
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
   <w:font w:name="Poppins">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId5" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId6" w:subsetted="0"/>
     <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId7" w:subsetted="0"/>
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId8" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="857250" cy="457200"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="1" name="image1.png"/>
+          <wp:docPr id="1" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="857250" cy="457200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:hyperlink r:id="rId2">
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="1155cc"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Click here to get the most up-to-date version of this SOP</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
@@ -715,56 +717,56 @@
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="left"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7862726" cy="889161"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapTopAndBottom distB="0" distT="0"/>
-          <wp:docPr id="2" name="image2.png"/>
+          <wp:docPr id="2" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7862726" cy="889161"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -1111,50 +1113,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1180,67 +1183,69 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="200" w:lineRule="auto"/>
       <w:ind w:hanging="360"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:cs="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -1250,107 +1255,110 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Poppins" w:cs="Poppins" w:eastAsia="Poppins" w:hAnsi="Poppins"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-bold.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-italic.ttf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Poppins-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://membership.chrmp.com/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://membership.chrmp.com/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>