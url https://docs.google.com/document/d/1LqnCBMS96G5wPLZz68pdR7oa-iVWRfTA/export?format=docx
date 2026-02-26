--- v0 (2025-10-11)
+++ v1 (2026-02-26)
@@ -1,71 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3251200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -364,162 +367,170 @@
             </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-279399</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -706,1718 +717,1834 @@
             </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
-          <w:smallCaps w:val="0"/>
-[...12 lines deleted...]
-          <w:b w:val="0"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">            </w:t>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
-          <w:smallCaps w:val="0"/>
-[...12 lines deleted...]
-          <w:b w:val="0"/>
+          <w:iCs w:val="1"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ЗАЯВКА </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявитель: _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(организация)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Реквизиты: _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(индекс, адрес,  телефон, факс, ИНН)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">просит зачислить работника нашей организации  в учебную группу по программе:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">«Неразрушающие методы контроля качества. Визуальный и измерительный контроль» </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Данные об обучаемом:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Фамилия________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Имя____________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Отчество_______________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Должность ________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Производственный стаж_____________________________ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Образование___________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   (наименование учебного заведения, специальность)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...13 lines deleted...]
-          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">_________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Руководитель организации                        ______________    ________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="4536"/>
         </w:tabs>
         <w:spacing w:after="60" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(подпись)                              (Фамилия, И.О.)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                        МП</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="360" w:top="360" w:left="1418" w:right="707" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Georgia"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
@@ -2484,192 +2611,200 @@
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr/>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Обычный">
     <w:name w:val="Обычный"/>
     <w:next w:val="Обычный"/>
     <w:autoRedefine w:val="0"/>
     <w:hidden w:val="0"/>
     <w:qFormat w:val="0"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:line="1" w:lineRule="atLeast"/>
       <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
@@ -3020,50 +3155,51 @@
     <w:rPr>
       <w:color w:val="0000ff"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:u w:val="single"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>