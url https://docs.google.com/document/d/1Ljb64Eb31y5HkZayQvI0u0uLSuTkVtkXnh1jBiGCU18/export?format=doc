--- v0 (2025-10-07)
+++ v1 (2025-12-11)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="5d6770"/>
           <w:sz w:val="12"/>
@@ -158,61 +159,63 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-60" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_agxm164wqt7z" w:id="0"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MONKEY</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -294,50 +297,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_pxwvinx167ih" w:id="1"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MONKEY</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -419,50 +423,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_n81yvjnl7hoy" w:id="2"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MONKEY</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -544,50 +549,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_rdr88tqmax1n" w:id="3"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MONKEY</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -669,50 +675,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_yt9djwsj2z0o" w:id="4"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MONKEY</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -794,50 +801,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1p8nlj7b2gts" w:id="5"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MONKEY</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2560" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
@@ -897,61 +905,63 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_42nimloae9ls" w:id="6"/>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HIPPO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1014,50 +1024,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_bcod3j4oqm9o" w:id="7"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HIPPO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1120,50 +1131,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xdx70qmwd991" w:id="8"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HIPPO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1226,50 +1238,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gzx5xd32c2kc" w:id="9"/>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HIPPO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1332,50 +1345,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_zfsn0i19xqq5" w:id="10"/>
             <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HIPPO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1438,50 +1452,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_esq0xah4uwtv" w:id="11"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">HIPPO</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2560" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
@@ -1552,50 +1567,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_10uka3f1v7b0" w:id="12"/>
             <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RABBIT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1659,50 +1675,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_fyalb1n1zzfg" w:id="13"/>
             <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RABBIT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1766,50 +1783,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_fcp9kxrwq1am" w:id="14"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RABBIT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1873,50 +1891,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_csh17obq2kxi" w:id="15"/>
             <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RABBIT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -1980,50 +1999,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1nkz87kyjnrc" w:id="16"/>
             <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RABBIT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -2087,50 +2107,51 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_oq24xp250ncb" w:id="17"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">RABBIT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2560" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
@@ -2146,104 +2167,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1193800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="34" name="image7.png"/>
+                  <wp:docPr id="34" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1193800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_3ld7j2ki59eo" w:id="18"/>
             <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIRAFFE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -2252,104 +2274,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1193800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="22" name="image7.png"/>
+                  <wp:docPr id="22" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1193800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_j3r61d2pbzl0" w:id="19"/>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIRAFFE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -2358,104 +2381,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1193800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="30" name="image7.png"/>
+                  <wp:docPr id="30" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1193800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_r1mx1kv65w9k" w:id="20"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIRAFFE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -2464,104 +2488,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1193800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image7.png"/>
+                  <wp:docPr id="1" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1193800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gtlo3133u9wq" w:id="21"/>
             <w:bookmarkEnd w:id="21"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIRAFFE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -2570,104 +2595,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1193800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image7.png"/>
+                  <wp:docPr id="6" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1193800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7acp6frsxrkx" w:id="22"/>
             <w:bookmarkEnd w:id="22"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIRAFFE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -2676,104 +2702,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1193800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="9" name="image7.png"/>
+                  <wp:docPr id="9" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1193800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1zb12ao9wzkr" w:id="23"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">GIRAFFE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2560" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
@@ -2789,104 +2816,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1028700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image8.png"/>
+                  <wp:docPr id="2" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_l8uavdnp6fdk" w:id="24"/>
             <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PIG</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -2895,104 +2923,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1028700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image8.png"/>
+                  <wp:docPr id="18" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_iu32jf551opd" w:id="25"/>
             <w:bookmarkEnd w:id="25"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PIG</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3001,104 +3030,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1028700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="28" name="image8.png"/>
+                  <wp:docPr id="28" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_t1vmthvx2ne0" w:id="26"/>
             <w:bookmarkEnd w:id="26"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PIG</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3107,104 +3137,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1028700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="20" name="image8.png"/>
+                  <wp:docPr id="20" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_l4917zfli4oh" w:id="27"/>
             <w:bookmarkEnd w:id="27"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PIG</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3213,104 +3244,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1028700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="25" name="image8.png"/>
+                  <wp:docPr id="25" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_iry8g1vo4hq2" w:id="28"/>
             <w:bookmarkEnd w:id="28"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PIG</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3319,104 +3351,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="1028700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="7" name="image8.png"/>
+                  <wp:docPr id="7" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="1028700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_50kc0up1cvsi" w:id="29"/>
             <w:bookmarkEnd w:id="29"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PIG</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="2460" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
@@ -3432,104 +3465,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="939800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="19" name="image3.png"/>
+                  <wp:docPr id="19" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="939800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7i36jmb8xvgz" w:id="30"/>
             <w:bookmarkEnd w:id="30"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ELEPHANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3538,104 +3572,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="939800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image3.png"/>
+                  <wp:docPr id="8" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="939800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_l8vfn34lpa04" w:id="31"/>
             <w:bookmarkEnd w:id="31"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ELEPHANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3644,104 +3679,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="939800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="26" name="image3.png"/>
+                  <wp:docPr id="26" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="939800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gekiwrhey23x" w:id="32"/>
             <w:bookmarkEnd w:id="32"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ELEPHANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3750,104 +3786,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="939800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="11" name="image3.png"/>
+                  <wp:docPr id="11" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="939800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_mvg1jud5e7mo" w:id="33"/>
             <w:bookmarkEnd w:id="33"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ELEPHANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3856,104 +3893,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="939800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="15" name="image3.png"/>
+                  <wp:docPr id="15" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="939800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xiw30zwvbm8" w:id="34"/>
             <w:bookmarkEnd w:id="34"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ELEPHANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -3962,104 +4000,105 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1143000" cy="939800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image3.png"/>
+                  <wp:docPr id="10" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1143000" cy="939800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_5t15zboy5thx" w:id="35"/>
             <w:bookmarkEnd w:id="35"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="7665a0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ELEPHANT</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
@@ -4075,50 +4114,51 @@
       <w:pgMar w:bottom="0" w:top="0" w:left="1440" w:right="0" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Ubuntu">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
     <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4141,165 +4181,169 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>