--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
@@ -78,90 +79,93 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="520" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="570"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">EXEMPLAR: Internet Dilemma Policy One Pager</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
@@ -213,87 +217,89 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_kbjtw276n0wj" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Core Question</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:color w:val="ff0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="ff0000"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">When and how should internet service providers be allowed to treat some kinds of  internet traffic different from others?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_2vo48n7ft4kj" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Impacted Groups</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="10335.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
@@ -307,119 +313,124 @@
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="400" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Impacted Group and Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Interests, Benefits, and Harms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Internet Service Providers (ISP) - </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">The companies that build the networks that make up the Internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -456,50 +467,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Internet Content Providers - </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Companies like Netflix, Google, and others that build websites, apps, and services that use the Internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -536,50 +548,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Consumers - </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Everyday citizens using the Internet </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -631,77 +644,80 @@
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Fast lanes might make certain services work better but over the long term could prevent even better ones from being able to compete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Technical Background</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_vn0xovcixw40" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -733,109 +749,115 @@
             <w:gridCol w:w="3513.6666666666665"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Technical Concept</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What It Means (in your own words)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Why It Matters for This Dilemma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
@@ -1392,107 +1414,111 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Policy</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Allow ISPs to create fast lanes only for certain kinds of content like streaming video, but do not allow them to charge different companies different prices for the same data type. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pros / Who Benefits</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
@@ -1549,57 +1575,59 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Consumers still get the content they want with high speed content prioritized</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Cons / Who is Harmed?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="ff0000"/>
@@ -1760,102 +1788,105 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="0" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="2160" w:right="0" w:firstLine="720"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:br w:type="textWrapping"/>
       <w:t xml:space="preserve">Exemplar: Internet Dilemmas One Pager</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:jc w:val="right"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Unit 2 Lesson 7</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2058,50 +2089,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -2110,84 +2142,87 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="120" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="38"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffa400"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -2197,84 +2232,86 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">