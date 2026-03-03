--- v1 (2025-12-07)
+++ v2 (2026-03-03)
@@ -164,51 +164,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="414338" cy="414338"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
-                          <a:srcRect b="28000" l="31887" r="32164" t="27499"/>
+                          <a:srcRect b="28000" l="31888" r="32165" t="27500"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="414338" cy="414338"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>