--- v0 (2026-02-18)
+++ v1 (2026-02-23)
@@ -182,56 +182,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="90" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_q0oycnsemkp8" w:id="2"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="30" name="image7.png"/>
+                  <wp:docPr id="30" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1471,56 +1471,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="90" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_t3rytum7pf42" w:id="9"/>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="17" name="image7.png"/>
+                  <wp:docPr id="17" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1784,56 +1784,56 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_mlgc7m15iucq" w:id="12"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6400800" cy="6057900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="12" name="image2.png"/>
+            <wp:docPr id="12" name="image4.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6400800" cy="6057900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2033,56 +2033,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_3fd9zjn3lq5c" w:id="15"/>
             <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="19" name="image7.png"/>
+                  <wp:docPr id="19" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2302,56 +2302,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Imagine that you are router X, and are directly connected to routers B, D, and H. You will use a routing table diagram to keep track of paths to other nodes that go through your neighbors.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3038475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>447675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3619930" cy="3433763"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="18" name="image1.png"/>
+            <wp:docPr id="18" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619930" cy="3433763"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
@@ -3277,56 +3277,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_g8jt3lxk2hw" w:id="20"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image7.png"/>
+                  <wp:docPr id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3591,56 +3591,56 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_qzjodnteb0di" w:id="23"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6400800" cy="6057900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="24" name="image6.png"/>
+            <wp:docPr id="24" name="image9.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image6.png"/>
+                    <pic:cNvPr id="0" name="image9.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6400800" cy="6057900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3804,56 +3804,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_y7otqe85jm1p" w:id="26"/>
             <w:bookmarkEnd w:id="26"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image7.png"/>
+                  <wp:docPr id="2" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -4073,56 +4073,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Imagine that you are router X, and are directly connected to routers B, D, and H. You will use a routing table diagram to keep track of paths to other nodes that go through your neighbors.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3038475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>447675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3619930" cy="3433763"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="25" name="image1.png"/>
+            <wp:docPr id="25" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619930" cy="3433763"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
@@ -5043,56 +5043,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_2yl5nm6ynoeq" w:id="31"/>
             <w:bookmarkEnd w:id="31"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image7.png"/>
+                  <wp:docPr id="3" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -5349,56 +5349,56 @@
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> add the cost it takes you to get to the neighbor + the neighbor’s cost to the destination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6400800" cy="6057900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="29" name="image9.png"/>
+            <wp:docPr id="29" name="image8.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image9.png"/>
+                    <pic:cNvPr id="0" name="image8.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6400800" cy="6057900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5562,56 +5562,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_tfudenz3qcsz" w:id="36"/>
             <w:bookmarkEnd w:id="36"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="21" name="image7.png"/>
+                  <wp:docPr id="21" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -5826,56 +5826,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Imagine that you are router X, and are directly connected to routers B, D, and H. You will use a routing table diagram to keep track of paths to other nodes that go through your neighbors.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3038475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>447675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3619930" cy="3433763"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="28" name="image1.png"/>
+            <wp:docPr id="28" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619930" cy="3433763"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
@@ -6796,56 +6796,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_4rmr4sb7iikl" w:id="41"/>
             <w:bookmarkEnd w:id="41"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="9" name="image7.png"/>
+                  <wp:docPr id="9" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -7127,56 +7127,56 @@
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="5d6770"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xdho3h2942r" w:id="44"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="5d6770"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6400800" cy="6057900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="6" name="image3.png"/>
+            <wp:docPr id="6" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6400800" cy="6057900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -7338,56 +7338,56 @@
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="15" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_cern8kd0hfef" w:id="47"/>
             <w:bookmarkEnd w:id="47"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="11" name="image7.png"/>
+                  <wp:docPr id="11" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -7608,56 +7608,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Imagine that you are router X, and are directly connected to routers B, D, and H. You will use a routing table diagram to keep track of paths to other nodes that go through your neighbors.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3038475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>447675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3619930" cy="3433763"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="4" name="image1.png"/>
+            <wp:docPr id="4" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619930" cy="3433763"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
@@ -8579,56 +8579,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-15" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_eb8ipoync4w4" w:id="52"/>
             <w:bookmarkEnd w:id="52"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="15" name="image7.png"/>
+                  <wp:docPr id="15" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -8884,56 +8884,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6400800" cy="6057900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="27" name="image8.png"/>
+            <wp:docPr id="27" name="image7.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image8.png"/>
+                    <pic:cNvPr id="0" name="image7.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6400800" cy="6057900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -9098,56 +9098,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_e3gsbv1w61oe" w:id="56"/>
             <w:bookmarkEnd w:id="56"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="31" name="image7.png"/>
+                  <wp:docPr id="31" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -9368,56 +9368,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Imagine that you are router X, and are directly connected to routers B, D, and H. You will use a routing table diagram to keep track of paths to other nodes that go through your neighbors.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3038475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>447675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3619930" cy="3433763"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="14" name="image1.png"/>
+            <wp:docPr id="14" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619930" cy="3433763"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
@@ -10338,56 +10338,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_h4rikx9as98c" w:id="61"/>
             <w:bookmarkEnd w:id="61"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image7.png"/>
+                  <wp:docPr id="16" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -10649,56 +10649,56 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:color w:val="7665a0"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6400800" cy="5930900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="10" name="image5.png"/>
+            <wp:docPr id="10" name="image6.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.png"/>
+                    <pic:cNvPr id="0" name="image6.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6400800" cy="5930900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -10862,56 +10862,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="15" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_phh2pa65ayo5" w:id="66"/>
             <w:bookmarkEnd w:id="66"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image7.png"/>
+                  <wp:docPr id="5" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11132,56 +11132,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Imagine that you are router X, and are directly connected to routers B, D, and H. You will use a routing table diagram to keep track of paths to other nodes that go through your neighbors.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3038475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>447675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3619930" cy="3433763"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="13" name="image1.png"/>
+            <wp:docPr id="13" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619930" cy="3433763"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
@@ -12102,56 +12102,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_46v9bdkdx3n6" w:id="71"/>
             <w:bookmarkEnd w:id="71"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="32" name="image7.png"/>
+                  <wp:docPr id="32" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -12416,56 +12416,56 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_479q406tthkx" w:id="74"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6400800" cy="5969000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="7" name="image4.png"/>
+            <wp:docPr id="7" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6400800" cy="5969000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -12648,56 +12648,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_jre3hn7f9ile" w:id="77"/>
             <w:bookmarkEnd w:id="77"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image7.png"/>
+                  <wp:docPr id="8" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -12918,56 +12918,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Imagine that you are router X, and are directly connected to routers B, D, and H. You will use a routing table diagram to keep track of paths to other nodes that go through your neighbors.  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3038475</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>447675</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3619930" cy="3433763"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr id="20" name="image1.png"/>
+            <wp:docPr id="20" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3619930" cy="3433763"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
@@ -13894,56 +13894,56 @@
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_i3u9hd3vja33" w:id="83"/>
             <w:bookmarkEnd w:id="83"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="5d6770"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="504825"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="23" name="image7.png"/>
+                  <wp:docPr id="23" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="504825"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -14931,51 +14931,51 @@
   <w:style w:type="table" w:styleId="Table22">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table23">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table24">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>