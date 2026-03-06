--- v0 (2026-02-25)
+++ v1 (2026-03-06)
@@ -3205,51 +3205,51 @@
       <w:i w:val="1"/>
       <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>