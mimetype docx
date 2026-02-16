--- v0 (2026-01-01)
+++ v1 (2026-02-16)
@@ -1230,51 +1230,51 @@
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="19050" distT="19050" distL="19050" distR="19050">
           <wp:extent cx="1763323" cy="328500"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:docPr id="1" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="-34811" l="0" r="-3852" t="-11579"/>
+                  <a:srcRect b="-34812" l="0" r="-3853" t="-11580"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1763323" cy="328500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
@@ -1332,51 +1332,51 @@
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="19050" distT="19050" distL="19050" distR="19050">
           <wp:extent cx="1763323" cy="328500"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:docPr id="2" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="-34811" l="0" r="-3852" t="-11579"/>
+                  <a:srcRect b="-34812" l="0" r="-3853" t="-11580"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1763323" cy="328500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
@@ -1458,51 +1458,51 @@
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="19050" distT="19050" distL="19050" distR="19050">
           <wp:extent cx="1763323" cy="328500"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:docPr id="3" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="-34811" l="0" r="-3852" t="-11579"/>
+                  <a:srcRect b="-34812" l="0" r="-3853" t="-11580"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1763323" cy="328500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>