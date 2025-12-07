--- v0 (2025-10-07)
+++ v1 (2025-12-07)
@@ -1,480 +1,637 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="74" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="74" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="262" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="74" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="262" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Señores</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="24" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SECRETARIA DE CULTURA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="22" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciudad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="201" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="258" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Asunto: Autorización para consulta de datos en registro de inhabilidades por delitos sexuales cometidos contra personas menores edad.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+        <w:t xml:space="preserve">Asunto: Autorización para consulta de datos en registro de inhabilidades por delitos sexuales cometidos contra personas </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">menores de edad</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="67" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="256" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">El(la) suscrito(a)</w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve">, autorizo libre, expresa e inequívocamente, y exclusivamente para los fines y en los términos señalados en la Ley 1918 de 2018 reglamentada por el Decreto 753 de 2019, al Distrito de Santiago de Cali – Secretaría de Cultura con NIT. 890.399.011-3, a consultar mis datos personales en el registro de inhabilidades por delitos sexuales cometidos contra personas menores edad que administra el Ministerio de Defensa-Policía Nacional de Colombia, de manera previa a mi eventual vinculación contractual y de llegarse a formalizar, cada cuatro (4) meses a partir del inicio de la misma y mientras se encuentre vigente.</w:t>
+        <w:t xml:space="preserve">El(la)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paola Andrea Caro Agudelo </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a)</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">identificado con </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cédula</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de ciudadanía No. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38.643.581</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expedida en</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cali, Colombia</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">autorizó</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> libre, expresa e inequívocamente, y exclusivamente para los fines y en los términos señalados en la Ley 1918 de 2018 reglamentada por el Decreto 753 de 2019, al Distrito de Santiago de Cali – Secretaría de Cultura con NIT. 890.399.011-3, a consultar mis datos personales en el registro de inhabilidades por delitos sexuales cometidos contra personas menores edad que administra el Ministerio de Defensa-Policía Nacional de Colombia, de manera previa a mi eventual vinculación contractual y de llegarse a formalizar, cada cuatro (4) meses a partir del inicio de la misma y mientras se encuentre vigente.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2634241</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1378857</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="109910" cy="57205"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name=""/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:cNvPr id="2" name="Shape 2"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="5304408" y="3764760"/>
@@ -528,83 +685,83 @@
                           <a:tailEnd len="sm" w="sm" type="none"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:drawing>
               <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2634241</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1378857</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="109910" cy="57205"/>
                 <wp:effectExtent b="0" l="0" r="0" t="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="image1.png"/>
+                <wp:docPr id="2" name="image2.png"/>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="image1.png"/>
+                        <pic:cNvPr id="0" name="image2.png"/>
                         <pic:cNvPicPr preferRelativeResize="0"/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId7"/>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="109910" cy="57205"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect"/>
                         <a:ln/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="159" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="258" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -645,417 +802,407 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">www.cali.gov.co,</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> manifestando que he sido informado(a) de forma clara y suficiente de los fines de su tratamiento.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="53" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-          <w:vertAlign w:val="baseline"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Se suscribe en la ciudad de Santiago de Cali, en el mes de </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">octubre</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+        <w:t xml:space="preserve">octubre de 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+            <wp:extent cx="5943600" cy="2082800"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="3" name="image1.jpg"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.jpg"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="2082800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+      <w:pPr>
+        <w:ind w:left="262" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="262" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...47 lines deleted...]
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Cédula </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre:</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paola Andrea Caro</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="280" w:top="1340" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
@@ -1279,51 +1426,51 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat w:val="1"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cali.gov.co/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cali.gov.co/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1571,51 +1718,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhP+rqfDbJ7bhKF2BAOj7tpyDAiBg==">CgMxLjA4AHIhMUVmWlRpWjRDazJqZ2luak1EQ1pvdjdpZHRjRjRzQXg0</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjFqJii5ja0VNK3qjCpRhiMc2E8IA==">CgMxLjA4AGokChRzdWdnZXN0LjF5MnhiaGJxdjhhZhIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3QuNzkwZmJjeW5oMXRmEgxtYXJpYSBtdW5lcmFqIwoTc3VnZ2VzdC5oM3E4MnpiMW9vbxIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3QudzA0Z2NkNWN6eXNnEgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC5nZ3U5ZmN0Ymc0b3cSDG1hcmlhIG11bmVyYWokChRzdWdnZXN0LmU3cXBpZXdraWt1NhIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3Qua2U3aGF5eTFpMmFiEgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC5taXN5enF1cDFkaXASDG1hcmlhIG11bmVyYWokChRzdWdnZXN0LnR1amtjajhmdmMyaRIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3QubHpicWwwYng5MmxwEgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC55MmhzNzZtaGw2OHQSDG1hcmlhIG11bmVyYWojChNzdWdnZXN0LnB0ZDF2eHA5Mml6EgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC5tcTd0aHVqdjFoMTkSDG1hcmlhIG11bmVyYWokChRzdWdnZXN0LnU5bHVrY2s2cjQxbBIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3QuOG5lMmM2aGpvNnRmEgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC4yY2NwOWZka203cTcSDG1hcmlhIG11bmVyYWokChRzdWdnZXN0LmpjanR1dnl1NDRjeRIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3QuNWNtdHFwbTVkMnp3EgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC5razBuM2twY2k4MWwSDG1hcmlhIG11bmVyYWokChRzdWdnZXN0LmNjejR4ZnJrNTBrbxIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3QueXl0Nm43ODl5OWV5EgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC5oYTF3dzE3MGdiaTASDG1hcmlhIG11bmVyYWokChRzdWdnZXN0LnNsb3c4MG1hYzF3MRIMbWFyaWEgbXVuZXJhaiQKFHN1Z2dlc3QucW5keWZibDY5bHpxEgxtYXJpYSBtdW5lcmFqJAoUc3VnZ2VzdC5xMHUzOXpvaGptaDASDG1hcmlhIG11bmVyYXIhMUVmWlRpWjRDazJqZ2luak1EQ1pvdjdpZHRjRjRzQXg0</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Osiris Gaviria Naranjo</dc:creator>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-01-18T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">