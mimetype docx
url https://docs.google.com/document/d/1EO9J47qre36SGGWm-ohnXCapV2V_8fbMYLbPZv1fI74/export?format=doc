--- v0 (2025-10-11)
+++ v1 (2025-12-07)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
@@ -86,102 +87,105 @@
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="570" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Project - Make a Library</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -296,55 +300,57 @@
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">For this project you will design and build a library of functions around any topic you want. You will have an opportunity to exchange feedback with another group about how you might use their library to design an app. Finally you will answer a few questions about the library you designed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You will submit</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A link to your library of functions</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
@@ -360,55 +366,57 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This completed project guide</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Library Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Your library must contain two or more functions</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
@@ -557,55 +565,57 @@
         </w:rPr>
         <w:t xml:space="preserve">Your library can be about any topic. If you need some ideas try the list below</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Strings</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Capitalize: Capitalize first letter of each word in a sentence (long string)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
@@ -654,55 +664,57 @@
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Anything else you'd want to do with a string</w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Lists</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Maximum: Find the maximum value in a list</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
@@ -908,50 +920,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Anything else you'd want to do with a list </w:t>
         <w:br w:type="textWrapping"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dataset</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -964,50 +977,51 @@
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="1440" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Something else</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="360"/>
         <w:rPr>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">As long as your library does something interesting and valuable </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1107,412 +1121,434 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Function Name</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Write the name of each function</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Description, Parameters, Return</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Write the comments for this function</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Loop, If-statement, Param, Return?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">At least one function must include all 4 features listed above</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="400" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">maximum(list)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">// Takes a list and returns the largest value that appears in the list</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">// list {list} - the list of items</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">// return {number} - the largest number in the list</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes this function should include all of these features.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="940" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
@@ -2596,50 +2632,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:before="0" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_kvtnztrmrzmu" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:color w:val="5d6770"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="5d6770"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Once you are done testing your functions, make sure to comment out any tests you have written into your code to test your library functions before sending your library to a classmate in Step 5.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:before="0" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_d42e4qwwatsn" w:id="9"/>
       <w:bookmarkEnd w:id="9"/>
@@ -2661,94 +2698,98 @@
         </w:rPr>
         <w:t xml:space="preserve">Send your library to a classmate and have them send it to you. You shouldn't need to explain anything about how your library works or what it is for. The documentation should be good enough. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Your reviewer should fill in the information below.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewer Name: _________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="10530.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
@@ -2778,752 +2819,777 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kind Of</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Clear: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I can easily understand the overall purpose of the library and each function within it.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Error-Free: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Each function in the library works as expected.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Useful: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I can think of situations where I would want to use this library </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I like: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Give feedback on at least one thing you like in the library</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -3564,50 +3630,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I wish: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Give one problem or limitation of the library</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -3648,50 +3715,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">What if: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Give one idea for how to improve the library</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -4217,66 +4285,68 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_lxr63qhf893e" w:id="13"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 8 - Free Response - Practice Personalized Project Reference Sheet</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Procedure</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: Capture and paste two program code segments you developed during this project that contain a student-developed function that implements an algorithm used in your program and a call to that function.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
       <w:pPr>
@@ -4362,55 +4432,57 @@
             <w:gridCol w:w="10541"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Paste the code of your procedure here</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -4429,50 +4501,51 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="200" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Copy and paste an example call to the function definition above.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table6"/>
         <w:tblW w:w="10541.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
@@ -4483,55 +4556,57 @@
             <w:gridCol w:w="10541"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Paste the call to your procedure here</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -4563,50 +4638,51 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_wxun3yolpzq9" w:id="15"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Step 9 - Free Response - Create Performance Task Writing Practice</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to a code segment from your project that performs a specific task.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
@@ -4658,55 +4734,57 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Write your response here</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4786,55 +4864,57 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Write your response here</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4914,55 +4994,57 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Write your response here</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5043,55 +5125,57 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Write your response here</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5123,50 +5207,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_a7oa2qlxrou2" w:id="17"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Scoring Guidelines</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table11"/>
         <w:tblW w:w="9615.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -5191,131 +5276,136 @@
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Written Responses (individual) - </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">In the Written Response the student...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Responses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Point</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -5333,58 +5423,60 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 1) Explains the purpose of the code segment, including what it does and its inputs and outputs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5404,58 +5496,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 1) Explains how the code segment contributes to the overall functionality of the program.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5475,58 +5569,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 2a) Describes the algorithm and its intended result.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5546,58 +5642,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 2a) Writes a new algorithm to perform the same task, or explains why writing a new algorithm is not possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5617,58 +5715,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 2a) Compares whether or not the two algorithms produce the same result.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5688,58 +5788,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 2b) Describes two sets of inputs that can be used to test the algorithm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EA">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5759,58 +5861,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 2b) Describes the output of each input and explains how this helps verify the algorithm works correctly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5830,58 +5934,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 2c) Explains how the function manages complexity in the program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -5901,98 +6007,101 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Question 2c) Explains how the function improves organization and makes the program easier to maintain or modify</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Program Code</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -6017,58 +6126,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Library includes two or more functions that accomplish related tasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -6088,58 +6199,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">All functions include comments that explain the purpose of the function and the parameters</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -6159,58 +6272,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">All functions include tests that demonstrate the code working as expected</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -6230,98 +6345,101 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Library code runs without errors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Project Guide</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -6346,58 +6464,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Project guide is complete</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -6417,167 +6537,175 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Student provided clear and actionable feedback to a classmate on their project guide</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000100">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000102">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000105">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId7" w:type="default"/>
       <w:headerReference r:id="rId8" w:type="first"/>
@@ -7774,50 +7902,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -7826,85 +7955,88 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="460" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="38"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffa400"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -7914,84 +8046,86 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>