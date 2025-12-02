--- v0 (2025-10-02)
+++ v1 (2025-12-02)
@@ -1,55 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="11010.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
@@ -82,55 +84,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lean Project Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -168,55 +172,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Division/Bureau</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -254,55 +260,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Dates of Event</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -340,55 +348,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sponsor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -426,55 +436,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Team Lead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -499,55 +511,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Facilitator(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
@@ -586,119 +600,125 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Purpose of the Process/Program/Topic</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Why do we do this work?  What’s the business need?  What’s the value to the business or alignment to strategy?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ex. To provide (something) to (customers) so they can/in order to (do something/receive something).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
@@ -746,82 +766,85 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Problem Statement</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Identifies the gap between the current state and the desired state.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
@@ -900,86 +923,90 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Project Scope</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Where does the project start and end?  What are the bookends for discussion?  What is included in the project?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -1025,86 +1052,90 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Customers</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Who receives the output of the goods/services?  Who will benefit?  Who is impacted?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
@@ -1174,86 +1205,90 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objectives</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What does the team want to accomplish with this project?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
@@ -1314,219 +1349,229 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Performance Improvement Measurements:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">How will we know that a change is an improvement?  How will you measure the impact on the purpose of the process?  How will you measure the change on the actual work/steps of  the process?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Metric or Condition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">From</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -1884,314 +1929,326 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Non-negotiables/Boundaries</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">List any restrictions on the team (budgetary, technology, staff, policies, laws)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:shd w:fill="cccccc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-Work Items</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">List data and/or information needed</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2270,214 +2327,224 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Team Members</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Function/Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Function/Area</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
@@ -3407,481 +3474,500 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Project Dates/Times/Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="cccccc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Debrief Dates/Times/Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="cccccc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Debrief Attendees</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">*Required</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">**Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:shd w:fill="cccccc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Timeline</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Improvement Time Frame: </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3901,551 +3987,570 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">30 Day Check-In</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B2">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">60 Day Check-In</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">90 Day Check-In</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">6 Month Check-In</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="420" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1 Year Check-In</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Other?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId6" w:type="default"/>
       <w:footerReference r:id="rId7" w:type="default"/>
@@ -4477,136 +4582,141 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:ind w:left="720" w:firstLine="720"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">                                           </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:ind w:left="-180" w:firstLine="0"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="1509713" cy="419365"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:docPr id="1" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1509713" cy="419365"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
       <w:tab/>
       <w:tab/>
       <w:t xml:space="preserve">       Name of Agency</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="30"/>
         <w:szCs w:val="30"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Team Charter</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4629,148 +4739,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">