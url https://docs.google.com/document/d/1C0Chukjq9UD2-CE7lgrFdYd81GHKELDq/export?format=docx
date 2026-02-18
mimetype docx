--- v0 (2026-02-15)
+++ v1 (2026-02-18)
@@ -757,51 +757,51 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="365f91"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="-1036236966"/>
+        <w:id w:val="1370314699"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique w:val="1"/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="none" w:pos="8828"/>
             </w:tabs>
             <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>