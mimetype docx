--- v1 (2026-02-18)
+++ v2 (2026-02-21)
@@ -757,51 +757,51 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="365f91"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="1370314699"/>
+        <w:id w:val="689101864"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique w:val="1"/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="none" w:pos="8828"/>
             </w:tabs>
             <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>