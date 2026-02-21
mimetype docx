--- v2 (2026-02-21)
+++ v3 (2026-02-21)
@@ -757,51 +757,51 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="365f91"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="689101864"/>
+        <w:id w:val="937351967"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique w:val="1"/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
           <w:pPr>
             <w:keepNext w:val="0"/>
             <w:keepLines w:val="0"/>
             <w:pageBreakBefore w:val="0"/>
             <w:widowControl w:val="1"/>
             <w:pBdr>
               <w:top w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:space="0" w:sz="0" w:val="nil"/>
               <w:between w:space="0" w:sz="0" w:val="nil"/>
             </w:pBdr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="none" w:pos="8828"/>
             </w:tabs>
             <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
             <w:ind w:left="0" w:right="0" w:firstLine="0"/>