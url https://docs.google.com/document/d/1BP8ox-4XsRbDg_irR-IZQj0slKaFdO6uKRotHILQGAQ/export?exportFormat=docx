--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
@@ -149,183 +150,191 @@
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Purpose/ Vision for this Work in TREx</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:color w:val="7f6000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="7f6000"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Share your pie-in-the sky, ambitious vision for this work! In other words, WHY do your goals matter?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Goal Areas</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="38761d"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="38761d"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What are the high-level buckets or categories of the work you plan to do?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:sz w:val="24"/>
@@ -347,244 +356,261 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Strengths &amp; Assets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What are you </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">building</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> on? (People, practices, past wins, relationships, capacity, etc.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Barriers &amp; Challenges</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="fffbee" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What’s immediately </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">in the way</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> of moving toward your vision?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Goal 1</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Insert your goal 1 language here)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -655,208 +681,222 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective A</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (How progress toward Goal 1 will be measured. Example: “Supervisors will report an increased confidence rating regarding….”)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline? Example: “Step 1: Make “Introduction to Peer Specialist Supervision” Training available on our learning platform by [date].” “Step 2: 95% of Supervisors will complete the training by October 31, 2025.)”</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
@@ -890,200 +930,217 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective B</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (How progress toward Goal 1 will be measured.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -1116,212 +1173,229 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective C </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(How progress toward Goal 1 will be measured.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -1341,257 +1415,277 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective D </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(How progress toward Goal 1 will be measured.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What steps will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Goal 2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Insert your goal 2 language here)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
@@ -1667,219 +1761,237 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective A </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(How progress toward Goal 2 will be measured.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What steps will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
@@ -1912,221 +2024,239 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective B </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(How progress toward Goal 2 will be measured.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What steps will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
@@ -2151,219 +2281,237 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective C </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(How progress toward Goal 2 will be measured.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What steps will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1: </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -2383,220 +2531,239 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="eaf1f7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Objective D </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(How progress toward Goal 2 will be measured.)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:color w:val="1155cc"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">steps</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Action</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">What steps will you take toward this objective? Who will do this? What is your deadline?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 1:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 2:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Step 3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Raleway" w:cs="Raleway" w:eastAsia="Raleway" w:hAnsi="Raleway"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId6" w:type="default"/>
       <w:pgSz w:h="12240" w:w="15840" w:orient="landscape"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
@@ -2693,50 +2860,51 @@
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Raleway SemiBold" w:cs="Raleway SemiBold" w:eastAsia="Raleway SemiBold" w:hAnsi="Raleway SemiBold"/>
         <w:color w:val="474747"/>
         <w:sz w:val="38"/>
         <w:szCs w:val="38"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">The Recovery Exchange</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -2759,148 +2927,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Raleway-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/RalewaySemiBold-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/RalewaySemiBold-bold.ttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/RalewaySemiBold-italic.ttf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/RalewaySemiBold-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>